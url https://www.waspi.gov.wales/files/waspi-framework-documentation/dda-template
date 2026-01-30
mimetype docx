--- v0 (2025-10-14)
+++ v1 (2026-01-30)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1F087E42" w14:textId="4179C1CD" w:rsidR="00B018BD" w:rsidRDefault="00A670B9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DC0B385" wp14:editId="7907488D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-571500</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>7429500</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7324725" cy="1428672"/>
@@ -1002,205 +1002,216 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>DDA</w:t>
       </w:r>
       <w:r w:rsidRPr="0062634D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be developed in line with the WASPI framework is contained within </w:t>
       </w:r>
       <w:r w:rsidR="005A078C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A000E2" w14:textId="1F5B87A4" w:rsidR="0062634D" w:rsidRPr="005F5E2C" w:rsidRDefault="00091BFB" w:rsidP="0062634D">
+    <w:p w14:paraId="05A000E2" w14:textId="36132099" w:rsidR="0062634D" w:rsidRPr="005F5E2C" w:rsidRDefault="001A090B" w:rsidP="0062634D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="AC1919"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="005A078C">
+        <w:r w:rsidR="005A078C" w:rsidRPr="001A090B">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
-            <w:color w:val="AC1919"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Guide</w:t>
         </w:r>
-        <w:r w:rsidR="0062634D" w:rsidRPr="005F5E2C">
+        <w:r w:rsidR="0062634D" w:rsidRPr="001A090B">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
-            <w:color w:val="AC1919"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t xml:space="preserve"> on the Development of a </w:t>
+          <w:t xml:space="preserve"> on the Development of a Data D</w:t>
+        </w:r>
+        <w:r w:rsidR="0062634D" w:rsidRPr="001A090B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t>i</w:t>
+        </w:r>
+        <w:r w:rsidR="0062634D" w:rsidRPr="001A090B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t>sclosure Agreement</w:t>
+        </w:r>
+        <w:r w:rsidR="005A078C" w:rsidRPr="001A090B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t>s</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0062634D" w:rsidRPr="005F5E2C">
-[...20 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="664EA090" w14:textId="77777777" w:rsidR="0062634D" w:rsidRPr="0062634D" w:rsidRDefault="0062634D" w:rsidP="0062634D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71729292" w14:textId="77777777" w:rsidR="0062634D" w:rsidRPr="0062634D" w:rsidRDefault="0062634D" w:rsidP="0062634D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="586" w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062634D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Further guidance may be sought from the </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="536DD835" w14:textId="71F8D82A" w:rsidR="0062634D" w:rsidRDefault="0062634D" w:rsidP="0062634D">
+    <w:p w14:paraId="536DD835" w14:textId="385DC6DE" w:rsidR="0062634D" w:rsidRDefault="0062634D" w:rsidP="0062634D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="AC1919"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062634D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>WASPI Service Integration and Development Team at:</w:t>
       </w:r>
       <w:r w:rsidRPr="0062634D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="005F5E2C">
+        <w:r w:rsidR="0079162D" w:rsidRPr="00680EB7">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
-            <w:color w:val="AC1919"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t>www.waspi.org</w:t>
+          <w:t>www.waspi.gov.wales</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7289A8B5" w14:textId="70438E86" w:rsidR="00045BA3" w:rsidRDefault="00045BA3" w:rsidP="0062634D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="AC1919"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6ABFABC7" w14:textId="77777777" w:rsidR="00045BA3" w:rsidRDefault="00045BA3" w:rsidP="0062634D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -1429,130 +1440,90 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Data Disclosure Agreements are intended for use when personal data is to be </w:t>
             </w:r>
             <w:r w:rsidRPr="002B3B03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>disclosed</w:t>
             </w:r>
             <w:r w:rsidRPr="002B3B03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> passed one way) from one Data Controller to another for a specific purpose. DDAs are not intended for use in instances where the disclosure is from a Data Controller to a Data Processor and do not replace the requirement for appropriate contracts.</w:t>
+              <w:t xml:space="preserve"> (i.e. passed one way) from one Data Controller to another for a specific purpose. DDAs are not intended for use in instances where the disclosure is from a Data Controller to a Data Processor and do not replace the requirement for appropriate contracts.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C95E295" w14:textId="77777777" w:rsidR="00007C3F" w:rsidRPr="00007C3F" w:rsidRDefault="00007C3F" w:rsidP="00007C3F">
+          <w:p w14:paraId="0C95E295" w14:textId="7070AB08" w:rsidR="00007C3F" w:rsidRPr="00007C3F" w:rsidRDefault="00007C3F" w:rsidP="00007C3F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B3B03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Sharing Protocols (ISPs) should be developed to document practices involving </w:t>
             </w:r>
             <w:r w:rsidRPr="002B3B03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>the regular, reciprocal sharing</w:t>
             </w:r>
             <w:r w:rsidRPr="002B3B03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> information flows back and forth between organisations) of personal information between Data Controllers. Separate guidance and templates are available on the </w:t>
+              <w:t xml:space="preserve"> (i.e. information flows back and forth between organisations) of personal information between Data Controllers. Separate guidance and templates are available on the </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="00FD1EC3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="AC1919"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en-GB" w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>WASPI website</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="002B3B03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> to assist with the ISP development process.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3053,71 +3024,51 @@
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B1A19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Personal data is shared for the purpose of [</w:t>
       </w:r>
       <w:r w:rsidRPr="007B1A19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">insert purpose of disclosure. This can be taken from your Data Protection Impact </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">insert purpose of disclosure. This can be taken from your Data Protection Impact Assessment, if </w:t>
       </w:r>
       <w:r w:rsidR="00BC7002" w:rsidRPr="007B1A19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">one is </w:t>
       </w:r>
       <w:r w:rsidRPr="007B1A19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>required</w:t>
       </w:r>
       <w:r w:rsidR="00BC7002" w:rsidRPr="00091BFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5708,69 +5659,51 @@
         </w:rPr>
         <w:t>partners</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE003E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will have in place </w:t>
       </w:r>
       <w:r w:rsidR="00B964C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the appropriate </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE003E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">policies and procedures to uphold the confidentiality, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and availability of personal information with specific reference to the retention, storage and disposal of records. </w:t>
+        <w:t xml:space="preserve">policies and procedures to uphold the confidentiality, integrity and availability of personal information with specific reference to the retention, storage and disposal of records. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51CF97CD" w14:textId="5FDC2486" w:rsidR="007C0A3C" w:rsidRPr="00DE003E" w:rsidRDefault="00B964C3" w:rsidP="0068776F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Partners will deal with r</w:t>
       </w:r>
       <w:r w:rsidR="007C0A3C" w:rsidRPr="00DE003E">
@@ -7586,114 +7519,80 @@
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Personal data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="242398AE" w14:textId="77777777" w:rsidR="001D2295" w:rsidRPr="001D2295" w:rsidRDefault="001D2295" w:rsidP="00B00C50">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D2295">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">‘personal data’ means any information relating to an identified or identifiable natural person (‘data subject’); an identifiable natural person is one who can be identified, directly or indirectly, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> reference to an identifier such as a name, an identification number, location data, an online identifier or to one or more factors specific to the physical, physiological, genetic, mental, economic, cultural or social identity of that natural person.</w:t>
+              <w:t>‘personal data’ means any information relating to an identified or identifiable natural person (‘data subject’); an identifiable natural person is one who can be identified, directly or indirectly, in particular by reference to an identifier such as a name, an identification number, location data, an online identifier or to one or more factors specific to the physical, physiological, genetic, mental, economic, cultural or social identity of that natural person.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F8027D" w:rsidRPr="001D2295" w14:paraId="7FD5F47A" w14:textId="77777777" w:rsidTr="00B00C50">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2130"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1897" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="46DCD651" w14:textId="47CFB552" w:rsidR="00F8027D" w:rsidRPr="001D2295" w:rsidRDefault="00F8027D" w:rsidP="00B00C50">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personal data about criminal convictions, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> or related security measures</w:t>
+              <w:t>Personal data about criminal convictions, offences or related security measures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2116B978" w14:textId="42B04251" w:rsidR="00F8027D" w:rsidRPr="001D2295" w:rsidRDefault="00F8027D" w:rsidP="00B00C50">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">This includes personal data which relates to </w:t>
             </w:r>
             <w:r w:rsidRPr="000C23E2">
               <w:rPr>
@@ -8152,159 +8051,159 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2DC3DD8C" w14:textId="77777777" w:rsidR="00762633" w:rsidRPr="001D2295" w:rsidRDefault="00762633" w:rsidP="004E5A5E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00762633" w:rsidRPr="001D2295" w:rsidSect="00CD7212">
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53E2CCBA" w14:textId="77777777" w:rsidR="00841C69" w:rsidRDefault="00841C69" w:rsidP="0098624F">
+    <w:p w14:paraId="3CA442E4" w14:textId="77777777" w:rsidR="0013665A" w:rsidRDefault="0013665A" w:rsidP="0098624F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07A1480D" w14:textId="77777777" w:rsidR="00841C69" w:rsidRDefault="00841C69" w:rsidP="0098624F">
+    <w:p w14:paraId="13207358" w14:textId="77777777" w:rsidR="0013665A" w:rsidRDefault="0013665A" w:rsidP="0098624F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="28194506" w14:textId="0A63AA72" w:rsidR="001B0397" w:rsidRPr="0062634D" w:rsidRDefault="001B0397">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0062634D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:id w:val="1394085883"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -8337,76 +8236,76 @@
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r w:rsidRPr="0062634D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="6C79B8F7" w14:textId="77777777" w:rsidR="001B0397" w:rsidRDefault="001B0397">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20E0730A" w14:textId="77777777" w:rsidR="00841C69" w:rsidRDefault="00841C69" w:rsidP="0098624F">
+    <w:p w14:paraId="67160FF0" w14:textId="77777777" w:rsidR="0013665A" w:rsidRDefault="0013665A" w:rsidP="0098624F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CD8B6BF" w14:textId="77777777" w:rsidR="00841C69" w:rsidRDefault="00841C69" w:rsidP="0098624F">
+    <w:p w14:paraId="25D2AB1B" w14:textId="77777777" w:rsidR="0013665A" w:rsidRDefault="0013665A" w:rsidP="0098624F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="012177C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D16C9764"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -10994,207 +10893,209 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1200167334">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="231932488">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="696584275">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="95558323">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="717584637">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="229846512">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1064525436">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="751393615">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1199856826">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="891311869">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="680280997">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="100997155">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="2094276361">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1665816934">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="913855681">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1319772847">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1664161537">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1842043828">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="610864209">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="433132492">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1916620607">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1260061965">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1076246744">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098624F"/>
     <w:rsid w:val="00004933"/>
     <w:rsid w:val="00007C3F"/>
     <w:rsid w:val="00031A45"/>
     <w:rsid w:val="00035D3F"/>
     <w:rsid w:val="0004095B"/>
     <w:rsid w:val="000409DF"/>
     <w:rsid w:val="00045BA3"/>
     <w:rsid w:val="000464D2"/>
     <w:rsid w:val="00047FC2"/>
     <w:rsid w:val="0005484B"/>
     <w:rsid w:val="00057D23"/>
     <w:rsid w:val="00061630"/>
     <w:rsid w:val="00067263"/>
     <w:rsid w:val="00076814"/>
     <w:rsid w:val="00082DC3"/>
     <w:rsid w:val="00091BFB"/>
     <w:rsid w:val="000B2913"/>
     <w:rsid w:val="000D5CEF"/>
     <w:rsid w:val="000F33C8"/>
     <w:rsid w:val="000F7371"/>
     <w:rsid w:val="00101AA0"/>
     <w:rsid w:val="00114E18"/>
     <w:rsid w:val="00116CB8"/>
     <w:rsid w:val="00117D98"/>
+    <w:rsid w:val="0013665A"/>
     <w:rsid w:val="001408E5"/>
     <w:rsid w:val="00154DE5"/>
     <w:rsid w:val="00173C40"/>
     <w:rsid w:val="00194EC0"/>
     <w:rsid w:val="00197EB2"/>
+    <w:rsid w:val="001A090B"/>
     <w:rsid w:val="001A1B13"/>
     <w:rsid w:val="001A59BF"/>
     <w:rsid w:val="001B0397"/>
     <w:rsid w:val="001B47B4"/>
     <w:rsid w:val="001B7355"/>
     <w:rsid w:val="001C0D59"/>
     <w:rsid w:val="001C2C4D"/>
     <w:rsid w:val="001D2295"/>
     <w:rsid w:val="001D6AAC"/>
     <w:rsid w:val="001D6EA3"/>
     <w:rsid w:val="001D76AC"/>
     <w:rsid w:val="001E356E"/>
     <w:rsid w:val="001E559C"/>
     <w:rsid w:val="001E6C9A"/>
     <w:rsid w:val="001F18B0"/>
     <w:rsid w:val="001F2E01"/>
     <w:rsid w:val="00211F38"/>
     <w:rsid w:val="00226B7C"/>
     <w:rsid w:val="00230FAA"/>
     <w:rsid w:val="0023313D"/>
     <w:rsid w:val="002571BF"/>
     <w:rsid w:val="00257697"/>
     <w:rsid w:val="00263DE5"/>
     <w:rsid w:val="00284589"/>
     <w:rsid w:val="002922B2"/>
@@ -11257,50 +11158,51 @@
     <w:rsid w:val="00610BA4"/>
     <w:rsid w:val="00614BD9"/>
     <w:rsid w:val="0061571F"/>
     <w:rsid w:val="0062634D"/>
     <w:rsid w:val="0063197D"/>
     <w:rsid w:val="00636854"/>
     <w:rsid w:val="00655890"/>
     <w:rsid w:val="00661BD4"/>
     <w:rsid w:val="00672DAF"/>
     <w:rsid w:val="00674133"/>
     <w:rsid w:val="0068776F"/>
     <w:rsid w:val="00697122"/>
     <w:rsid w:val="00697D1E"/>
     <w:rsid w:val="006D661D"/>
     <w:rsid w:val="006D70A7"/>
     <w:rsid w:val="0070208C"/>
     <w:rsid w:val="00746A5A"/>
     <w:rsid w:val="00750928"/>
     <w:rsid w:val="00756468"/>
     <w:rsid w:val="00757B9F"/>
     <w:rsid w:val="00762633"/>
     <w:rsid w:val="00762F4A"/>
     <w:rsid w:val="00770AF8"/>
     <w:rsid w:val="0078361F"/>
     <w:rsid w:val="0078498B"/>
+    <w:rsid w:val="0079162D"/>
     <w:rsid w:val="007B0F28"/>
     <w:rsid w:val="007B1A19"/>
     <w:rsid w:val="007B271F"/>
     <w:rsid w:val="007B492F"/>
     <w:rsid w:val="007B5B81"/>
     <w:rsid w:val="007C0A3C"/>
     <w:rsid w:val="007D2099"/>
     <w:rsid w:val="008015B8"/>
     <w:rsid w:val="008030E1"/>
     <w:rsid w:val="008054E1"/>
     <w:rsid w:val="008209DC"/>
     <w:rsid w:val="00832CC3"/>
     <w:rsid w:val="008359D6"/>
     <w:rsid w:val="00836D9B"/>
     <w:rsid w:val="00841C69"/>
     <w:rsid w:val="00850284"/>
     <w:rsid w:val="008555CE"/>
     <w:rsid w:val="00857821"/>
     <w:rsid w:val="00862CB1"/>
     <w:rsid w:val="0087446B"/>
     <w:rsid w:val="0087779C"/>
     <w:rsid w:val="008832C5"/>
     <w:rsid w:val="008863A6"/>
     <w:rsid w:val="008A1E26"/>
     <w:rsid w:val="008A5718"/>
@@ -11321,169 +11223,172 @@
     <w:rsid w:val="00961FDD"/>
     <w:rsid w:val="00964620"/>
     <w:rsid w:val="00965EB1"/>
     <w:rsid w:val="009860B2"/>
     <w:rsid w:val="0098624F"/>
     <w:rsid w:val="009B2040"/>
     <w:rsid w:val="009B5C65"/>
     <w:rsid w:val="009C232C"/>
     <w:rsid w:val="009C2E2D"/>
     <w:rsid w:val="009C4D8D"/>
     <w:rsid w:val="009C55B7"/>
     <w:rsid w:val="009D7E3D"/>
     <w:rsid w:val="009E5781"/>
     <w:rsid w:val="009F7692"/>
     <w:rsid w:val="00A00811"/>
     <w:rsid w:val="00A12CA2"/>
     <w:rsid w:val="00A138AA"/>
     <w:rsid w:val="00A203F5"/>
     <w:rsid w:val="00A24348"/>
     <w:rsid w:val="00A670B9"/>
     <w:rsid w:val="00A71BE0"/>
     <w:rsid w:val="00A71EED"/>
     <w:rsid w:val="00A80BEE"/>
     <w:rsid w:val="00A8192E"/>
     <w:rsid w:val="00A8290D"/>
+    <w:rsid w:val="00A91A05"/>
     <w:rsid w:val="00AA745A"/>
     <w:rsid w:val="00AB12B0"/>
     <w:rsid w:val="00AB32F7"/>
     <w:rsid w:val="00AB55A4"/>
     <w:rsid w:val="00AD27E6"/>
     <w:rsid w:val="00AD6638"/>
     <w:rsid w:val="00AF4998"/>
     <w:rsid w:val="00B01856"/>
     <w:rsid w:val="00B018BD"/>
     <w:rsid w:val="00B04216"/>
     <w:rsid w:val="00B143CC"/>
     <w:rsid w:val="00B26E15"/>
     <w:rsid w:val="00B66D8D"/>
     <w:rsid w:val="00B712D9"/>
     <w:rsid w:val="00B860FB"/>
     <w:rsid w:val="00B90AED"/>
     <w:rsid w:val="00B96040"/>
     <w:rsid w:val="00B964C3"/>
     <w:rsid w:val="00BB1D01"/>
     <w:rsid w:val="00BC5EFE"/>
     <w:rsid w:val="00BC7002"/>
     <w:rsid w:val="00BD32AF"/>
     <w:rsid w:val="00BE30F6"/>
     <w:rsid w:val="00BF6F7B"/>
     <w:rsid w:val="00C10306"/>
     <w:rsid w:val="00C149D2"/>
     <w:rsid w:val="00C166E4"/>
     <w:rsid w:val="00C31A58"/>
     <w:rsid w:val="00C31F4E"/>
     <w:rsid w:val="00C323B8"/>
     <w:rsid w:val="00C41207"/>
     <w:rsid w:val="00C478BA"/>
     <w:rsid w:val="00C47E0C"/>
+    <w:rsid w:val="00C52BCF"/>
     <w:rsid w:val="00C83559"/>
     <w:rsid w:val="00C95716"/>
     <w:rsid w:val="00CA17D0"/>
     <w:rsid w:val="00CA43D2"/>
     <w:rsid w:val="00CB7496"/>
     <w:rsid w:val="00CC37B2"/>
     <w:rsid w:val="00CC4D2E"/>
     <w:rsid w:val="00CC501E"/>
     <w:rsid w:val="00CC51B8"/>
     <w:rsid w:val="00CC7063"/>
     <w:rsid w:val="00CD7212"/>
     <w:rsid w:val="00CE69CE"/>
     <w:rsid w:val="00D13071"/>
     <w:rsid w:val="00D17F5E"/>
     <w:rsid w:val="00D2710F"/>
     <w:rsid w:val="00D35BD0"/>
     <w:rsid w:val="00D37A62"/>
     <w:rsid w:val="00D53D03"/>
     <w:rsid w:val="00D5638C"/>
     <w:rsid w:val="00D82638"/>
     <w:rsid w:val="00D904E0"/>
     <w:rsid w:val="00D956D7"/>
     <w:rsid w:val="00D9627E"/>
     <w:rsid w:val="00DC475E"/>
     <w:rsid w:val="00DC4D02"/>
     <w:rsid w:val="00DD4F4A"/>
     <w:rsid w:val="00DE003E"/>
     <w:rsid w:val="00DF55D9"/>
+    <w:rsid w:val="00E0378F"/>
     <w:rsid w:val="00E36D1F"/>
     <w:rsid w:val="00E45428"/>
     <w:rsid w:val="00E56C4D"/>
     <w:rsid w:val="00E65B93"/>
     <w:rsid w:val="00EA6BB4"/>
     <w:rsid w:val="00EB0394"/>
     <w:rsid w:val="00EB6164"/>
     <w:rsid w:val="00EB6F3F"/>
     <w:rsid w:val="00EB7C1E"/>
     <w:rsid w:val="00EC2DA7"/>
     <w:rsid w:val="00ED3D83"/>
     <w:rsid w:val="00ED4332"/>
     <w:rsid w:val="00F0113A"/>
     <w:rsid w:val="00F26047"/>
     <w:rsid w:val="00F351B4"/>
     <w:rsid w:val="00F47EB0"/>
     <w:rsid w:val="00F62DA0"/>
     <w:rsid w:val="00F64F7D"/>
     <w:rsid w:val="00F74FC8"/>
     <w:rsid w:val="00F8027D"/>
     <w:rsid w:val="00FA0B95"/>
     <w:rsid w:val="00FC49A2"/>
     <w:rsid w:val="00FD1DB6"/>
     <w:rsid w:val="00FD1EC3"/>
     <w:rsid w:val="00FE5F9B"/>
     <w:rsid w:val="00FE76BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1F550352"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D684A1AF-97D7-4B8E-B888-64EE53014F49}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12237,89 +12142,113 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00082DC3"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="220"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00082DC3"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0079162D"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001A090B"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1759518239">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2039546993">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.org/home" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Documents%20and%20Settings/om166585/Local%20Settings/Temporary%20Internet%20Files/je126730/AppData/Roaming/Microsoft/Version%203/ISP/www.waspi.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.org/Documents/702/ISP%20Guidance%20Dec%2010.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.gov.wales" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.gov.wales" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.waspi.gov.wales/files/waspi-framework-documentation/dda-guide/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -12566,157 +12495,211 @@
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fb607282-44d8-4ca5-afc6-a886f12e8bd7" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100247F7B2BB5C2024DA87A4D7D42DE56BA" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69ff8afc6304a8f8741ca538a3b26a1a">
-[...2 lines deleted...]
-    <xsd:import namespace="f0640247-7968-40b8-8f1f-24af7619a3b6"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B128E63DCD10A4D9E8CE266869C4385" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="783afb44950100633af95cedb6879e94">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" xmlns:ns3="fb607282-44d8-4ca5-afc6-a886f12e8bd7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cf6e89fe487a2c359ea91b2eede27a8a" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <xsd:import namespace="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8fbb6308-131a-4932-a629-28de17df74cf" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="23" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="24" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
-[...11 lines deleted...]
-    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
-[...4 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cefaef41-70dc-4075-804e-d4e4dbdaeee0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f0640247-7968-40b8-8f1f-24af7619a3b6" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fb607282-44d8-4ca5-afc6-a886f12e8bd7" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="13" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{864ace36-3939-4d82-83ca-4d7c4de1abcb}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fb607282-44d8-4ca5-afc6-a886f12e8bd7">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
@@ -12790,123 +12773,125 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDF49130-37FA-4DB4-9E80-7BA44ED9AD08}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01DAAE25-5E30-4F8A-8D0F-67AC4B2B1CB2}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{166B58EC-539E-4649-9FD3-6C879194676E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96457B8E-75D9-4B3E-AE94-EE7340777BD6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BC72388-1F81-4935-B708-DA4243633924}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="8fbb6308-131a-4932-a629-28de17df74cf"/>
-    <ds:schemaRef ds:uri="f0640247-7968-40b8-8f1f-24af7619a3b6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2205</Words>
-  <Characters>12574</Characters>
+  <Words>2089</Words>
+  <Characters>11594</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>104</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>320</Lines>
+  <Paragraphs>129</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NHS Wales</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14750</CharactersWithSpaces>
+  <CharactersWithSpaces>13594</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>WASPI Support Team</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100247F7B2BB5C2024DA87A4D7D42DE56BA</vt:lpwstr>
+    <vt:lpwstr>0x0101005B128E63DCD10A4D9E8CE266869C4385</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
   </property>
 </Properties>
 </file>