--- v0 (2025-11-01)
+++ v1 (2026-01-30)
@@ -9,54 +9,55 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="15520223" w14:textId="682B68C9" w:rsidR="00893959" w:rsidRPr="00FE0B7A" w:rsidRDefault="00AA19E0" w:rsidP="008A1CD3">
-      <w:pPr>
+    <w:p w14:paraId="15520223" w14:textId="682B68C9" w:rsidR="00893959" w:rsidRPr="00FE0B7A" w:rsidRDefault="00AA19E0" w:rsidP="003E423E">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0B7A">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57C99ACA" wp14:editId="79F4C343">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-781050</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>6638925</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7324725" cy="1428750"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
@@ -801,182 +802,172 @@
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00893959" w:rsidRPr="00FE0B7A">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00893959" w:rsidRPr="00FE0B7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Further information on how a Data Processing Agreement should be developed is contained within the</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0628C5BF" w14:textId="07C84301" w:rsidR="00893959" w:rsidRPr="00FE0B7A" w:rsidRDefault="00BB140D" w:rsidP="00893959">
+    <w:p w14:paraId="0628C5BF" w14:textId="28158404" w:rsidR="00893959" w:rsidRPr="00FE0B7A" w:rsidRDefault="00893959" w:rsidP="00893959">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00893959" w:rsidRPr="00FE0B7A">
+        <w:r w:rsidRPr="003E423E">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
-            <w:color w:val="2F5496"/>
+            <w:color w:val="EE0000"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t xml:space="preserve">Guide on the Development of a </w:t>
+          <w:t>Guide on the Development of a Data Processing Agreement</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00893959" w:rsidRPr="00FE0B7A">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="6536D95F" w14:textId="72559C3C" w:rsidR="00893959" w:rsidRPr="00FE0B7A" w:rsidRDefault="00893959" w:rsidP="00893959">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="043DF911" w14:textId="77777777" w:rsidR="00893959" w:rsidRPr="00FE0B7A" w:rsidRDefault="00893959" w:rsidP="00893959">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="586" w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0B7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Further guidance may be sought from the </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5888B5B3" w14:textId="28BF418D" w:rsidR="00893959" w:rsidRPr="00FE0B7A" w:rsidRDefault="00893959" w:rsidP="00893959">
+    <w:p w14:paraId="5888B5B3" w14:textId="3F2A7AE8" w:rsidR="00893959" w:rsidRPr="00FE0B7A" w:rsidRDefault="00893959" w:rsidP="00893959">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="AC1919"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0B7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>WASPI Service Integration and Development Team at:</w:t>
+        <w:t>WASPI Service at:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0B7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="00FE0B7A">
+        <w:r w:rsidR="00B05F5D" w:rsidRPr="005468BE">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
-            <w:color w:val="AC1919"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t>www.waspi.org</w:t>
+          <w:t>www.waspi.gov.wales</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0FAF7A88" w14:textId="77777777" w:rsidR="00893959" w:rsidRPr="00FE0B7A" w:rsidRDefault="00893959" w:rsidP="00893959">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="AC1919"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59FC7977" w14:textId="2CE2AE65" w:rsidR="00893959" w:rsidRPr="00FE0B7A" w:rsidRDefault="00893959" w:rsidP="00893959">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -4416,59 +4407,77 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4044" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4911FAFA" w14:textId="563D7393" w:rsidR="0018300D" w:rsidRPr="0035474E" w:rsidRDefault="0018300D" w:rsidP="0018300D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035474E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Minimum limit of </w:t>
+              <w:t xml:space="preserve">Minimum limit </w:t>
             </w:r>
-            <w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0035474E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> insurance pursuant to clause </w:t>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> insurance</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pursuant to clause </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref536528040 \r \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
@@ -4660,51 +4669,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035474E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>may only be sent electronically (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0035474E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>e.g</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0035474E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t xml:space="preserve"> by e-mail or via a web browser) if it is encrypted  or on a secure </w:t>
+              <w:t xml:space="preserve"> by e-mail or via a web browser) if it is </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0035474E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>encrypted  or</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0035474E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on a secure </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0035474E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>network;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="4F1E8C58" w14:textId="77777777" w:rsidR="0018300D" w:rsidRPr="0035474E" w:rsidRDefault="0018300D" w:rsidP="0018300D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2304"/>
               </w:tabs>
               <w:ind w:right="-43"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -11279,69 +11304,58 @@
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the entity exporting Personal Data to the </w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Processor</w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> outside the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Uk</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve">Uk and </w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">EEA), the </w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -13984,71 +13998,61 @@
         <w:t xml:space="preserve">Controller(s) </w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">to enable the </w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Controller(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to comply with its obligations under the </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> to comply with its obligations under the F</w:t>
+      </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>IA and EIRs</w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> within the time for compliance set out in section 10 of the FoIA or Regulation 5(2) of the EIRs</w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
@@ -14084,227 +14088,197 @@
         <w:t>Processor</w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> acknowledges that the </w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Controller(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may be required under the </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> may be required under the F</w:t>
+      </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>F</w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IA and EIRs to disclose Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035474E">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (including information about this Agreement itself or the services provided by the Processor)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035474E">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without consulting or obtaining consent from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035474E">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Processor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035474E">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035474E">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Controller(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035474E">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall take reasonable steps to notify the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035474E">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Processors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035474E">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of a Request For Information (in accordance with the Secretary of State’s section 45 Code of Practice on the Discharge of the Functions of Public Authorities under Part 1 of the F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035474E">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>IA and EIRs to disclose Information</w:t>
+        <w:t xml:space="preserve">IA) to the extent that it is permissible and reasonably practical for it to do so but (notwithstanding any other provision in this </w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (including information about this Agreement itself or the services provided by the Processor)</w:t>
+        <w:t>Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> without consulting or obtaining consent from the </w:t>
+        <w:t xml:space="preserve">) the </w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Processor</w:t>
+        <w:t>Controller(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. The </w:t>
+        <w:t xml:space="preserve"> shall be responsible for determining in its absolute discretion whether any Information and/or any other information is exempt from disclosure in accordance with the F</w:t>
       </w:r>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Controller(s)</w:t>
-[...41 lines deleted...]
-        </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...60 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>IA and EIRs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63F69310" w14:textId="2B7A5387" w:rsidR="00592BB2" w:rsidRPr="0035474E" w:rsidRDefault="00534886" w:rsidP="0035474E">
       <w:pPr>
         <w:pStyle w:val="MorganCole2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035474E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Arial"/>
@@ -14798,177 +14772,177 @@
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001C7372" w:rsidRPr="007E6053" w:rsidSect="00E50146">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:footnotePr>
         <w:numFmt w:val="lowerRoman"/>
       </w:footnotePr>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1276" w:right="1440" w:bottom="1276" w:left="1440" w:header="720" w:footer="0" w:gutter="0"/>
       <w:paperSrc w:first="261" w:other="261"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7949F554" w14:textId="77777777" w:rsidR="00E50146" w:rsidRDefault="00E50146">
+    <w:p w14:paraId="78FCBFFC" w14:textId="77777777" w:rsidR="0033568F" w:rsidRDefault="0033568F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="615C4C23" w14:textId="77777777" w:rsidR="00E50146" w:rsidRDefault="00E50146">
+    <w:p w14:paraId="1E4F0215" w14:textId="77777777" w:rsidR="0033568F" w:rsidRDefault="0033568F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
-    <w:panose1 w:val="020B0704020202020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times (WN)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Dutch Roman   (CC)">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1E389B4A" w14:textId="77777777" w:rsidR="00E1098B" w:rsidRDefault="00E1098B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3119"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t>_________________________________________________________________________________________</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7CAA2A84" w14:textId="29CA1821" w:rsidR="00E1098B" w:rsidRPr="00FC11E6" w:rsidRDefault="008A1CD3">
+  <w:p w14:paraId="7CAA2A84" w14:textId="4F5E801F" w:rsidR="00E1098B" w:rsidRPr="00FC11E6" w:rsidRDefault="008A1CD3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">WASPI </w:t>
     </w:r>
     <w:r w:rsidR="00E1098B" w:rsidRPr="00FC11E6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Data Process</w:t>
     </w:r>
     <w:r w:rsidR="00E1098B">
@@ -14979,51 +14953,59 @@
       </w:rPr>
       <w:t>ing</w:t>
     </w:r>
     <w:r w:rsidR="00E1098B" w:rsidRPr="00FC11E6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> Agreement</w:t>
     </w:r>
     <w:r w:rsidR="00E1098B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> Template</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> V.1</w:t>
+      <w:t xml:space="preserve"> V.</w:t>
+    </w:r>
+    <w:r w:rsidR="00B05F5D">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00E1098B" w:rsidRPr="00FC11E6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Page: </w:t>
     </w:r>
     <w:r w:rsidR="00E1098B" w:rsidRPr="00FC11E6">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00E1098B" w:rsidRPr="00FC11E6">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -15132,51 +15114,51 @@
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="272DF27B" w14:textId="77777777" w:rsidR="00E1098B" w:rsidRDefault="00E1098B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:bookmarkEnd w:id="27"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0EA855BF" w14:textId="750878DB" w:rsidR="00534886" w:rsidRDefault="00AA19E0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61116C62" wp14:editId="7965CDF8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>4725016</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-1656715</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2408341" cy="1445005"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapNone/>
           <wp:docPr id="1565531569" name="Picture 1565531569"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -15210,70 +15192,70 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="790D31D3" w14:textId="77777777" w:rsidR="00E50146" w:rsidRDefault="00E50146">
+    <w:p w14:paraId="7A2F5524" w14:textId="77777777" w:rsidR="0033568F" w:rsidRDefault="0033568F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E5770C3" w14:textId="77777777" w:rsidR="00E50146" w:rsidRDefault="00E50146">
+    <w:p w14:paraId="798394E5" w14:textId="77777777" w:rsidR="0033568F" w:rsidRDefault="0033568F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFB1D6"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9F227760"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="4 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="960"/>
         </w:tabs>
         <w:ind w:left="960" w:hanging="960"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
@@ -19532,51 +19514,51 @@
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1797067108">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="182986035">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="969018846">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1327900819">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="2025814451">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="721102138">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="51"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:printFractionalCharacterWidth/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numFmt w:val="lowerRoman"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:pos w:val="sectEnd"/>
@@ -19650,221 +19632,229 @@
     <w:rsid w:val="00230DBE"/>
     <w:rsid w:val="002341DC"/>
     <w:rsid w:val="00242773"/>
     <w:rsid w:val="0024570C"/>
     <w:rsid w:val="00257A10"/>
     <w:rsid w:val="00260FE5"/>
     <w:rsid w:val="00265C3A"/>
     <w:rsid w:val="002671A2"/>
     <w:rsid w:val="00272209"/>
     <w:rsid w:val="00277172"/>
     <w:rsid w:val="0028377E"/>
     <w:rsid w:val="00292A78"/>
     <w:rsid w:val="002A1F4F"/>
     <w:rsid w:val="002A6672"/>
     <w:rsid w:val="002A683A"/>
     <w:rsid w:val="002B0CFA"/>
     <w:rsid w:val="002B529A"/>
     <w:rsid w:val="002C12DB"/>
     <w:rsid w:val="002D5290"/>
     <w:rsid w:val="002E4D43"/>
     <w:rsid w:val="002E6EC0"/>
     <w:rsid w:val="002F3E89"/>
     <w:rsid w:val="002F66C0"/>
     <w:rsid w:val="00306A97"/>
     <w:rsid w:val="00315AD4"/>
+    <w:rsid w:val="00315CBB"/>
     <w:rsid w:val="00323CC4"/>
     <w:rsid w:val="00330024"/>
+    <w:rsid w:val="0033568F"/>
     <w:rsid w:val="00345449"/>
     <w:rsid w:val="0035474E"/>
     <w:rsid w:val="00356311"/>
     <w:rsid w:val="00367EDF"/>
     <w:rsid w:val="00372AAB"/>
     <w:rsid w:val="00374674"/>
     <w:rsid w:val="00382199"/>
     <w:rsid w:val="00390B14"/>
     <w:rsid w:val="003A2B4E"/>
     <w:rsid w:val="003B4223"/>
     <w:rsid w:val="003C477B"/>
     <w:rsid w:val="003D3338"/>
     <w:rsid w:val="003D63ED"/>
     <w:rsid w:val="003D6699"/>
+    <w:rsid w:val="003E423E"/>
     <w:rsid w:val="003E777F"/>
     <w:rsid w:val="003F7BD0"/>
     <w:rsid w:val="00424BC0"/>
     <w:rsid w:val="004301EA"/>
     <w:rsid w:val="004304F4"/>
     <w:rsid w:val="00437A2C"/>
     <w:rsid w:val="00472CE3"/>
     <w:rsid w:val="004818A9"/>
     <w:rsid w:val="00484B91"/>
     <w:rsid w:val="00495689"/>
     <w:rsid w:val="004B508C"/>
     <w:rsid w:val="004C3694"/>
     <w:rsid w:val="004D5700"/>
     <w:rsid w:val="004D6113"/>
     <w:rsid w:val="004F14FF"/>
     <w:rsid w:val="0050109F"/>
     <w:rsid w:val="00524F4B"/>
     <w:rsid w:val="005328FB"/>
     <w:rsid w:val="00532EF2"/>
     <w:rsid w:val="00534886"/>
     <w:rsid w:val="005432D7"/>
     <w:rsid w:val="0054406A"/>
     <w:rsid w:val="00545543"/>
     <w:rsid w:val="0055302E"/>
     <w:rsid w:val="00557806"/>
     <w:rsid w:val="0056773B"/>
     <w:rsid w:val="00570679"/>
     <w:rsid w:val="00592BB2"/>
     <w:rsid w:val="00594C05"/>
     <w:rsid w:val="005956C2"/>
     <w:rsid w:val="005B0E5F"/>
     <w:rsid w:val="005B5827"/>
+    <w:rsid w:val="005E13A2"/>
     <w:rsid w:val="005F1ADA"/>
     <w:rsid w:val="005F62A5"/>
     <w:rsid w:val="0061227E"/>
     <w:rsid w:val="006408D8"/>
     <w:rsid w:val="00640A68"/>
     <w:rsid w:val="00646E64"/>
     <w:rsid w:val="00652650"/>
     <w:rsid w:val="006635A2"/>
     <w:rsid w:val="006655B5"/>
     <w:rsid w:val="0067385A"/>
     <w:rsid w:val="00677920"/>
     <w:rsid w:val="0068729A"/>
     <w:rsid w:val="0069007F"/>
     <w:rsid w:val="006A1B8D"/>
     <w:rsid w:val="006A22EF"/>
     <w:rsid w:val="006B06B3"/>
     <w:rsid w:val="006B0C00"/>
     <w:rsid w:val="006C54DE"/>
     <w:rsid w:val="006E0406"/>
     <w:rsid w:val="006E23C0"/>
     <w:rsid w:val="006F1707"/>
     <w:rsid w:val="0070737F"/>
     <w:rsid w:val="007123B1"/>
     <w:rsid w:val="00712685"/>
     <w:rsid w:val="007154BC"/>
     <w:rsid w:val="0072481C"/>
     <w:rsid w:val="00725662"/>
     <w:rsid w:val="00734792"/>
     <w:rsid w:val="007536C4"/>
     <w:rsid w:val="0076271F"/>
     <w:rsid w:val="00786EB3"/>
     <w:rsid w:val="007A13C7"/>
     <w:rsid w:val="007B41C1"/>
     <w:rsid w:val="007B6584"/>
+    <w:rsid w:val="007C24A1"/>
     <w:rsid w:val="007D1B0E"/>
     <w:rsid w:val="007E5D6E"/>
     <w:rsid w:val="007E6053"/>
     <w:rsid w:val="00814D47"/>
     <w:rsid w:val="00822D7C"/>
     <w:rsid w:val="00854F66"/>
     <w:rsid w:val="008704DA"/>
     <w:rsid w:val="008733E6"/>
     <w:rsid w:val="00887E16"/>
     <w:rsid w:val="00893959"/>
     <w:rsid w:val="00894777"/>
     <w:rsid w:val="008A1CD3"/>
     <w:rsid w:val="008B18E8"/>
     <w:rsid w:val="008B22C7"/>
     <w:rsid w:val="008C4A49"/>
     <w:rsid w:val="008C5ED3"/>
     <w:rsid w:val="008E1086"/>
     <w:rsid w:val="009007D8"/>
     <w:rsid w:val="00911CD2"/>
     <w:rsid w:val="00914F42"/>
     <w:rsid w:val="00931A83"/>
     <w:rsid w:val="00931BAF"/>
     <w:rsid w:val="0093722C"/>
     <w:rsid w:val="00956D61"/>
     <w:rsid w:val="009B0418"/>
     <w:rsid w:val="009B39A5"/>
     <w:rsid w:val="009D0902"/>
     <w:rsid w:val="009D745A"/>
     <w:rsid w:val="009D7B8F"/>
     <w:rsid w:val="009E2C2C"/>
     <w:rsid w:val="00A31631"/>
     <w:rsid w:val="00A52A3B"/>
     <w:rsid w:val="00A61821"/>
     <w:rsid w:val="00A82906"/>
     <w:rsid w:val="00AA19E0"/>
     <w:rsid w:val="00AA4AFC"/>
     <w:rsid w:val="00AC7CC0"/>
     <w:rsid w:val="00AD4E9E"/>
     <w:rsid w:val="00AD5F70"/>
+    <w:rsid w:val="00B05F5D"/>
     <w:rsid w:val="00B064DF"/>
     <w:rsid w:val="00B2346C"/>
     <w:rsid w:val="00B2584B"/>
     <w:rsid w:val="00B67B34"/>
     <w:rsid w:val="00B7399B"/>
     <w:rsid w:val="00B75927"/>
     <w:rsid w:val="00B76BE9"/>
     <w:rsid w:val="00B8590D"/>
     <w:rsid w:val="00B96B7B"/>
     <w:rsid w:val="00BA20F2"/>
     <w:rsid w:val="00BA65AA"/>
     <w:rsid w:val="00BB140D"/>
     <w:rsid w:val="00BB20BD"/>
     <w:rsid w:val="00BC12F2"/>
     <w:rsid w:val="00BC226E"/>
     <w:rsid w:val="00BC3BF5"/>
     <w:rsid w:val="00BC63BC"/>
     <w:rsid w:val="00BC7079"/>
     <w:rsid w:val="00BE1996"/>
     <w:rsid w:val="00BE58AF"/>
     <w:rsid w:val="00BF6062"/>
     <w:rsid w:val="00C111CF"/>
     <w:rsid w:val="00C25DA2"/>
     <w:rsid w:val="00C42315"/>
     <w:rsid w:val="00C44E65"/>
     <w:rsid w:val="00C46544"/>
     <w:rsid w:val="00C55440"/>
     <w:rsid w:val="00C95086"/>
     <w:rsid w:val="00C96969"/>
     <w:rsid w:val="00CA3DE1"/>
     <w:rsid w:val="00CB1154"/>
     <w:rsid w:val="00CD2B92"/>
     <w:rsid w:val="00D26A93"/>
+    <w:rsid w:val="00D30851"/>
     <w:rsid w:val="00D43DEF"/>
     <w:rsid w:val="00D47DB8"/>
     <w:rsid w:val="00D57231"/>
     <w:rsid w:val="00D63126"/>
     <w:rsid w:val="00D672E2"/>
     <w:rsid w:val="00D77992"/>
     <w:rsid w:val="00D9058A"/>
     <w:rsid w:val="00D91026"/>
     <w:rsid w:val="00DB62EF"/>
     <w:rsid w:val="00DB6E76"/>
     <w:rsid w:val="00DD144F"/>
     <w:rsid w:val="00DD76F6"/>
     <w:rsid w:val="00DE67AD"/>
     <w:rsid w:val="00DF6D98"/>
     <w:rsid w:val="00E04E0D"/>
     <w:rsid w:val="00E1098B"/>
     <w:rsid w:val="00E21E85"/>
+    <w:rsid w:val="00E27A5E"/>
     <w:rsid w:val="00E30B92"/>
     <w:rsid w:val="00E41D38"/>
     <w:rsid w:val="00E50146"/>
     <w:rsid w:val="00E74FCA"/>
     <w:rsid w:val="00EA2BB0"/>
     <w:rsid w:val="00EF6067"/>
     <w:rsid w:val="00EF78A6"/>
     <w:rsid w:val="00F312D0"/>
     <w:rsid w:val="00F32DB0"/>
     <w:rsid w:val="00F41CF4"/>
     <w:rsid w:val="00F46D30"/>
     <w:rsid w:val="00F500C6"/>
     <w:rsid w:val="00F53138"/>
     <w:rsid w:val="00F54803"/>
     <w:rsid w:val="00F87EB7"/>
     <w:rsid w:val="00F90F01"/>
     <w:rsid w:val="00FB6CC9"/>
     <w:rsid w:val="00FC00DD"/>
     <w:rsid w:val="00FC11E6"/>
     <w:rsid w:val="00FC151E"/>
     <w:rsid w:val="00FC4607"/>
     <w:rsid w:val="00FE0B7A"/>
     <w:rsid w:val="00FE49A6"/>
     <w:rsid w:val="00FE6AE3"/>
   </w:rsids>
@@ -19877,51 +19867,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3FBE06F9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F4135C38-C1AF-4D39-9410-6061422720DA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="CG Times (WN)" w:eastAsia="Times New Roman" w:hAnsi="CG Times (WN)" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -21161,55 +21151,64 @@
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0035474E"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:locked/>
     <w:rsid w:val="00AA19E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00E27A5E"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="645550387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1306548303">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -21646,51 +21645,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1897352718">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Documents%20and%20Settings/om166585/Local%20Settings/Temporary%20Internet%20Files/je126730/AppData/Roaming/Microsoft/Version%203/ISP/www.waspi.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.org/Documents/702/ISP%20Guidance%20Dec%2010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.gov.wales" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.waspi.gov.wales/files/waspi-framework-documentation/dpa-guidance/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -21969,99 +21968,137 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fb607282-44d8-4ca5-afc6-a886f12e8bd7" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/item3.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
+ 
+     < d o c u m e n t i d > L E G A L ! 6 9 8 2 4 0 1 2 . 1 < / d o c u m e n t i d > 
+ 
+     < s e n d e r i d > L E W I S T < / s e n d e r i d > 
+ 
+     < s e n d e r e m a i l > T O M O S . L E W I S @ B L A K E M O R G A N . C O . U K < / s e n d e r e m a i l > 
+ 
+     < l a s t m o d i f i e d > 2 0 2 4 - 0 2 - 0 6 T 2 1 : 2 1 : 0 0 . 0 0 0 0 0 0 0 + 0 0 : 0 0 < / l a s t m o d i f i e d > 
+ 
+     < d a t a b a s e > L E G A L < / d a t a b a s e > 
+ 
+ < / p r o p e r t i e s > 
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" xmlns:ns3="fb607282-44d8-4ca5-afc6-a886f12e8bd7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed966d5073f1b77292b410b73179ac30" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B128E63DCD10A4D9E8CE266869C4385" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="783afb44950100633af95cedb6879e94">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" xmlns:ns3="fb607282-44d8-4ca5-afc6-a886f12e8bd7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cf6e89fe487a2c359ea91b2eede27a8a" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
     <xsd:import namespace="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="23" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="24" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cefaef41-70dc-4075-804e-d4e4dbdaeee0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
@@ -22223,144 +22260,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D43C607-7ED7-4CD8-A84E-7F2D77CCB10A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
-[...14 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CEF682F-4383-45E2-9AA4-F17475807997}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D43C607-7ED7-4CD8-A84E-7F2D77CCB10A}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15FDE1F6-324A-499B-9979-3CAAC0636A87}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58EE22CA-1AA2-4792-AA6D-5FF89F072F3D}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D94E97C-8ABC-4DEE-BD53-FBFCC908B427}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15FDE1F6-324A-499B-9979-3CAAC0636A87}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE289F6F-F020-4A25-956C-7C8C354F0377}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
-  <Words>4978</Words>
-  <Characters>28379</Characters>
+  <Words>5181</Words>
+  <Characters>28031</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>236</Lines>
-  <Paragraphs>66</Paragraphs>
+  <Lines>651</Lines>
+  <Paragraphs>274</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SECURITY POLICY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UHW Healthcare NHS Trust</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33291</CharactersWithSpaces>
+  <CharactersWithSpaces>32938</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5177441</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>C:\Documents and Settings\om166585\Local Settings\Temporary Internet Files\je126730\AppData\Roaming\Microsoft\Version 3\ISP\www.waspi.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6946876</vt:i4>
       </vt:variant>
       <vt:variant>