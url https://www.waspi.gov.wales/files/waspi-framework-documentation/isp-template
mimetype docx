--- v0 (2025-10-14)
+++ v1 (2026-01-30)
@@ -20,51 +20,51 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="72DBF8C8" w14:textId="77777777" w:rsidR="00720C7F" w:rsidRDefault="00720C7F" w:rsidP="00340E23">
       <w:pPr>
         <w:pStyle w:val="MainHeading"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79A233F9" wp14:editId="5EB0DD5A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-321120</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4195075" cy="1009650"/>
@@ -636,74 +636,72 @@
           </w:tcPr>
           <w:p w14:paraId="2CE4BE83" w14:textId="77777777" w:rsidR="001346CB" w:rsidRDefault="001346CB" w:rsidP="001346CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="360"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1475566472"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:tab/>
               <w:t xml:space="preserve">                     No (please explain why below) </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1163160479"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00340E23" w:rsidRPr="00086879" w14:paraId="77B5CC21" w14:textId="77777777" w:rsidTr="00720C7F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="639292"/>
           </w:tcPr>
           <w:p w14:paraId="2A0E0A81" w14:textId="230A3371" w:rsidR="00340E23" w:rsidRPr="00644C9D" w:rsidRDefault="00340E23" w:rsidP="00713D2F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
@@ -1019,73 +1017,71 @@
           <w:p w14:paraId="5942B95B" w14:textId="0E8745F7" w:rsidR="00C17F02" w:rsidRPr="00644C9D" w:rsidRDefault="00C17F02" w:rsidP="00C17F02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00644C9D">
               <w:t>Yes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-582211332"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00720C7F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00644C9D">
               <w:t xml:space="preserve">  No </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2021691833"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C66248">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C17F02" w14:paraId="15B80AB2" w14:textId="77777777" w:rsidTr="00C165A5">
         <w:trPr>
           <w:trHeight w:val="531"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="448A0F8F" w14:textId="77777777" w:rsidR="00C17F02" w:rsidRPr="00644C9D" w:rsidRDefault="00AB04C0" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -1493,74 +1489,72 @@
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="center" w:pos="4780"/>
                 <w:tab w:val="left" w:pos="5685"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="00DE538B">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-292134308"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0015466E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0015466E">
               <w:tab/>
               <w:t xml:space="preserve">                     No </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1057619713"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0015466E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="12D61D44" w14:textId="77777777" w:rsidR="00CC336A" w:rsidRDefault="00CC336A" w:rsidP="00CC336A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2411,244 +2405,261 @@
       <w:r w:rsidRPr="00865BB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>the WASPI framework i</w:t>
       </w:r>
       <w:r w:rsidR="0035183A" w:rsidRPr="00865BB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">s contained within </w:t>
       </w:r>
       <w:r w:rsidR="00C66248">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A7A9587" w14:textId="77777777" w:rsidR="00B04836" w:rsidRPr="006A1BA0" w:rsidRDefault="002D09C3" w:rsidP="00B04836">
+    <w:p w14:paraId="4A7A9587" w14:textId="1425B9E9" w:rsidR="00B04836" w:rsidRPr="002A50FD" w:rsidRDefault="002A50FD" w:rsidP="00B04836">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:b/>
-          <w:color w:val="AC1919"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
-[...41 lines deleted...]
-      <w:r w:rsidR="00B04836" w:rsidRPr="006A1BA0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="AC1919"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>rotocol</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004F4F6C">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="AC1919"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:instrText>HYPERLINK "https://www.waspi.gov.wales/files/waspi-framework-documentation/guide-on-isp-development/"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="AC1919"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="AC1919"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004F4F6C" w:rsidRPr="002A50FD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Guid</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04836" w:rsidRPr="002A50FD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>e on the Development of Information Sharing Protocol</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4F6C" w:rsidRPr="002A50FD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BC74504" w14:textId="77777777" w:rsidR="00865BB6" w:rsidRPr="00865BB6" w:rsidRDefault="00865BB6" w:rsidP="00B04836">
+    <w:p w14:paraId="5BC74504" w14:textId="3FFC0AFD" w:rsidR="00865BB6" w:rsidRPr="00865BB6" w:rsidRDefault="002A50FD" w:rsidP="00B04836">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="AC1919"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="06AF96A7" w14:textId="77777777" w:rsidR="00D13823" w:rsidRPr="00865BB6" w:rsidRDefault="00B04836" w:rsidP="00B04836">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="586" w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00865BB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Further guidance may be sought from the </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1933433C" w14:textId="77777777" w:rsidR="00B04836" w:rsidRPr="00865BB6" w:rsidRDefault="00B04836" w:rsidP="00865BB6">
+    <w:p w14:paraId="1933433C" w14:textId="62932170" w:rsidR="00B04836" w:rsidRPr="00865BB6" w:rsidRDefault="00B04836" w:rsidP="00865BB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00865BB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>WASPI S</w:t>
       </w:r>
       <w:r w:rsidR="00D13823" w:rsidRPr="00865BB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>ervice Integration and Development</w:t>
+        <w:t xml:space="preserve">ervice </w:t>
       </w:r>
       <w:r w:rsidRPr="00865BB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Team at:</w:t>
+        <w:t>at:</w:t>
       </w:r>
       <w:r w:rsidR="00B02DC9" w:rsidRPr="00865BB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="006A1BA0">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="00746A7B" w:rsidRPr="00E53362">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:bCs/>
-            <w:color w:val="AC1919"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
-          <w:t>www.waspi.org</w:t>
+          <w:t>www.waspi.gov.wales</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5EA721F9" w14:textId="77777777" w:rsidR="00865BB6" w:rsidRDefault="00865BB6" w:rsidP="00B02DC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CCF2ABE" w14:textId="77777777" w:rsidR="00002FB9" w:rsidRDefault="00002FB9" w:rsidP="00B02DC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
@@ -2983,51 +2994,51 @@
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6976A168" w14:textId="77777777" w:rsidR="002317AC" w:rsidRPr="00330BB3" w:rsidRDefault="00330BB3" w:rsidP="0031083F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="4185"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="002317AC" w:rsidRPr="00330BB3" w:rsidSect="00571C30">
-          <w:footerReference w:type="default" r:id="rId18"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="567" w:right="987" w:bottom="1304" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00330BB3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="071B10E4" w14:textId="77777777" w:rsidR="00507C3B" w:rsidRDefault="00507C3B" w:rsidP="00B04836">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="360"/>
@@ -3189,1298 +3200,1298 @@
         </w:r>
         <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3EFA61AD" w14:textId="5C7E1A5F" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="002D09C3">
+    <w:p w14:paraId="3EFA61AD" w14:textId="5C7E1A5F" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="00B37455">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="660"/>
           <w:tab w:val="right" w:pos="9776"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc79759202" w:history="1">
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>The information sharing partner organisations</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc79759202 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2681FE25" w14:textId="7A1F9192" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="002D09C3">
+    <w:p w14:paraId="2681FE25" w14:textId="7A1F9192" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="00B37455">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="660"/>
           <w:tab w:val="right" w:pos="9776"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc79759203" w:history="1">
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Specific organisational / practitioner obligations</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc79759203 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="63FF922D" w14:textId="35BEE61E" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="002D09C3">
+    <w:p w14:paraId="63FF922D" w14:textId="35BEE61E" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="00B37455">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="660"/>
           <w:tab w:val="right" w:pos="9776"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc79759204" w:history="1">
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Legislative / statutory powers</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc79759204 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E97C627" w14:textId="2C332B2D" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="002D09C3">
+    <w:p w14:paraId="5E97C627" w14:textId="2C332B2D" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="00B37455">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="660"/>
           <w:tab w:val="right" w:pos="9776"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc79759205" w:history="1">
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Personal information to be shared</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc79759205 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7F999F08" w14:textId="628B35BF" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="002D09C3">
+    <w:p w14:paraId="7F999F08" w14:textId="628B35BF" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="00B37455">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="660"/>
           <w:tab w:val="right" w:pos="9776"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc79759206" w:history="1">
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Data Subjects’ Rights</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc79759206 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4376E014" w14:textId="44B865C1" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="002D09C3">
+    <w:p w14:paraId="4376E014" w14:textId="44B865C1" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="00B37455">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="660"/>
           <w:tab w:val="right" w:pos="9776"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc79759207" w:history="1">
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Information security</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc79759207 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="427F47F1" w14:textId="5279A393" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="002D09C3">
+    <w:p w14:paraId="427F47F1" w14:textId="5279A393" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="00B37455">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="660"/>
           <w:tab w:val="right" w:pos="9776"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc79759208" w:history="1">
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Review, Breaches and Termination of this Agreement</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc79759208 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="27F7B8E0" w14:textId="7D63CEFB" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="002D09C3">
+    <w:p w14:paraId="27F7B8E0" w14:textId="7D63CEFB" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="00B37455">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="660"/>
           <w:tab w:val="right" w:pos="9776"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc79759209" w:history="1">
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Appendix A – Glossary of Terms</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc79759209 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="657C386C" w14:textId="37E4032C" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="002D09C3">
+    <w:p w14:paraId="657C386C" w14:textId="37E4032C" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="00B37455">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="660"/>
           <w:tab w:val="right" w:pos="9776"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc79759210" w:history="1">
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Appendix B – Information Reference Table</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc79759210 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="698D7946" w14:textId="506E78D0" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="002D09C3">
+    <w:p w14:paraId="698D7946" w14:textId="506E78D0" w:rsidR="00B37455" w:rsidRPr="00B37455" w:rsidRDefault="00B37455">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="660"/>
           <w:tab w:val="right" w:pos="9776"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc79759211" w:history="1">
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Appendix C – Partner Organisations Signatures</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc79759211 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00B37455" w:rsidRPr="00B37455">
+        <w:r w:rsidRPr="00B37455">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="34694BD8" w14:textId="73725DCD" w:rsidR="00E73278" w:rsidRPr="0078438F" w:rsidRDefault="00966EA4" w:rsidP="00E73278">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="624"/>
       </w:pPr>
       <w:r w:rsidRPr="00B37455">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
@@ -4543,51 +4554,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78259323" w14:textId="77777777" w:rsidR="003B6590" w:rsidRDefault="003B6590" w:rsidP="006F232B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="548A9907" w14:textId="77777777" w:rsidR="000E68A2" w:rsidRDefault="000E68A2" w:rsidP="00571C30">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:sectPr w:rsidR="000E68A2" w:rsidSect="00371FDF">
-          <w:footerReference w:type="default" r:id="rId19"/>
+          <w:footerReference w:type="default" r:id="rId18"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="567" w:right="987" w:bottom="1304" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="641D905C" w14:textId="77777777" w:rsidR="002026B8" w:rsidRPr="00E73278" w:rsidRDefault="00C17DB6" w:rsidP="00E73278">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1224"/>
           <w:tab w:val="num" w:pos="600"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="120"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
@@ -4801,69 +4812,51 @@
         </w:rPr>
         <w:t xml:space="preserve">nsert </w:t>
       </w:r>
       <w:r w:rsidR="003571C7" w:rsidRPr="00B03022">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>name of service / initiative / project / programme]</w:t>
       </w:r>
       <w:r w:rsidR="00BF3853" w:rsidRPr="00B03022">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003571C7" w:rsidRPr="00B03022">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">in [insert geographical area covered; </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> South East Wales, the Aneurin Bevan Health Board Boundary, Caerphilly etc</w:t>
+        <w:t>in [insert geographical area covered; eg South East Wales, the Aneurin Bevan Health Board Boundary, Caerphilly etc</w:t>
       </w:r>
       <w:r w:rsidR="003571C7" w:rsidRPr="00835B15">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="006C5C14" w:rsidRPr="00835B15">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46360706" w14:textId="77777777" w:rsidR="00DE142C" w:rsidRPr="00835B15" w:rsidRDefault="003571C7" w:rsidP="00DE142C">
       <w:pPr>
         <w:ind w:left="600" w:hanging="600"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00835B15">
@@ -5209,51 +5202,50 @@
               <w:t xml:space="preserve"> / Teams</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE6C3A">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C5C14" w:rsidRPr="00240D5E" w14:paraId="3781CE0A" w14:textId="77777777" w:rsidTr="00271D4C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="097E88ED" w14:textId="77777777" w:rsidR="006C5C14" w:rsidRPr="00C0523B" w:rsidRDefault="006C5C14" w:rsidP="00CC2DF2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">[Insert organisation </w:t>
             </w:r>
             <w:r w:rsidR="00CC2DF2">
               <w:rPr>
@@ -5366,51 +5358,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Specify roles not individual names</w:t>
             </w:r>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78F3AEB2" w14:textId="77777777" w:rsidR="006C5C14" w:rsidRPr="00C0523B" w:rsidRDefault="006C5C14" w:rsidP="009A11AF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>[Insert departments</w:t>
             </w:r>
             <w:r w:rsidR="00E50BA8" w:rsidRPr="00C0523B">
               <w:rPr>
@@ -5422,51 +5413,50 @@
             </w:r>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>/ divisions]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C5C14" w:rsidRPr="00240D5E" w14:paraId="1F084790" w14:textId="77777777" w:rsidTr="00271D4C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09CA145A" w14:textId="77777777" w:rsidR="006C5C14" w:rsidRPr="00C0523B" w:rsidRDefault="006C5C14" w:rsidP="00CC2DF2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -5600,51 +5590,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Specify roles not individual names</w:t>
             </w:r>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23556B76" w14:textId="77777777" w:rsidR="006C5C14" w:rsidRPr="00C0523B" w:rsidRDefault="006C5C14" w:rsidP="009A11AF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>[Insert departments</w:t>
             </w:r>
             <w:r w:rsidR="00E50BA8" w:rsidRPr="00C0523B">
               <w:rPr>
@@ -5656,51 +5645,50 @@
             </w:r>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>/ divisions]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C5C14" w:rsidRPr="00240D5E" w14:paraId="0581E32C" w14:textId="77777777" w:rsidTr="00271D4C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BAE33E9" w14:textId="77777777" w:rsidR="006C5C14" w:rsidRPr="00C0523B" w:rsidRDefault="009A11AF" w:rsidP="009A11AF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidR="004B68CA">
               <w:rPr>
@@ -5739,51 +5727,50 @@
           </w:tcPr>
           <w:p w14:paraId="050A27E6" w14:textId="77777777" w:rsidR="006C5C14" w:rsidRPr="00C0523B" w:rsidRDefault="006C5C14" w:rsidP="00E17367">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71A94325" w14:textId="77777777" w:rsidR="006C5C14" w:rsidRPr="00C0523B" w:rsidRDefault="006C5C14" w:rsidP="00E17367">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="62F4C4DB" w14:textId="77777777" w:rsidR="00665C39" w:rsidRPr="00835B15" w:rsidRDefault="00665C39" w:rsidP="007C12FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="624"/>
           <w:tab w:val="num" w:pos="600"/>
         </w:tabs>
@@ -6759,51 +6746,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> legislation</w:t>
       </w:r>
       <w:r w:rsidRPr="009A504D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, data about deceased people is covered by a similar level of confidence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20A86E3F" w14:textId="6543376F" w:rsidR="00BE59BB" w:rsidRDefault="00870D94">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00870D94">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Further information and guidance on lawful processing of personal information can be found on the Information Commissioner’s website; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="001F2014" w:rsidRPr="009A504D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="AC1919"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.ico.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C602C6">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="AC1919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.uk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116FFD07" w14:textId="52B37CA0" w:rsidR="0059076C" w:rsidRPr="00BE59BB" w:rsidRDefault="00941F82" w:rsidP="00BE59BB">
       <w:pPr>
         <w:rPr>
@@ -8015,51 +8002,50 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1169064235"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="7EC184AC" w14:textId="6999DF60" w:rsidR="00722681" w:rsidRPr="00722681" w:rsidRDefault="00437367" w:rsidP="004D2456">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="32ED45CC" w14:textId="77777777" w:rsidR="00CF0C51" w:rsidRDefault="003A54C1" w:rsidP="004D2456">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
@@ -8305,51 +8291,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Contract – Art 6(1)(b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1225724019"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="298CE2B9" w14:textId="7C7BF8CF" w:rsidR="005407B7" w:rsidRPr="002F6921" w:rsidRDefault="00160EE8" w:rsidP="005407B7">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="2AF9EC45" w14:textId="699CDA22" w:rsidR="005A6683" w:rsidRPr="00430EE9" w:rsidRDefault="005407B7" w:rsidP="00B80447">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
@@ -8474,51 +8459,50 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1016735239"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="76030C72" w14:textId="25B99923" w:rsidR="002F6921" w:rsidRPr="002F6921" w:rsidRDefault="002F6921" w:rsidP="00257111">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r w:rsidRPr="002F6921">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="6E016CF8" w14:textId="7BC2C1E4" w:rsidR="00F91ADC" w:rsidRPr="002D4C06" w:rsidRDefault="003A54C1" w:rsidP="004245FA">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
@@ -8607,116 +8591,99 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1992099122"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1CAF1FA7" w14:textId="4B40230A" w:rsidR="00532DDB" w:rsidRPr="00532DDB" w:rsidRDefault="00532DDB" w:rsidP="004245FA">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="055E1161" w14:textId="77777777" w:rsidR="00722681" w:rsidRPr="0044715E" w:rsidRDefault="003A54C1" w:rsidP="004245FA">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00532DDB">
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>[Explain why sharing information is necessary to protect vital interests</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the individual or third party</w:t>
             </w:r>
             <w:r w:rsidRPr="00532DDB">
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> life or death situation]</w:t>
+              <w:t xml:space="preserve"> – ie life or death situation]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00437367" w14:paraId="5FCA7A90" w14:textId="77777777" w:rsidTr="00532DDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56634E67" w14:textId="77777777" w:rsidR="00437367" w:rsidRDefault="00437367" w:rsidP="00437367">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="37" w:hanging="37"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -8728,51 +8695,50 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="624" w:hanging="624"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1953159843"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="7FAD0288" w14:textId="796CBA46" w:rsidR="00437367" w:rsidRDefault="00C370D5" w:rsidP="00437367">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="2B470D00" w14:textId="77777777" w:rsidR="00437367" w:rsidRPr="00437367" w:rsidRDefault="00437367" w:rsidP="00CC0244">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -8832,51 +8798,50 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="37" w:hanging="37"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-167336742"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="4C1A1827" w14:textId="225DF694" w:rsidR="00430EE9" w:rsidRDefault="00430EE9" w:rsidP="00430EE9">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="79AE01EE" w14:textId="778E9696" w:rsidR="005A6683" w:rsidRPr="002968B3" w:rsidRDefault="00B80447" w:rsidP="00430EE9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:i/>
@@ -9216,51 +9181,50 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1883467919"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="490A2962" w14:textId="103A3BC0" w:rsidR="008108F2" w:rsidRPr="008108F2" w:rsidRDefault="008108F2" w:rsidP="00FF2478">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008108F2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="7AE1B4A6" w14:textId="28029343" w:rsidR="00301CCA" w:rsidRPr="008108F2" w:rsidRDefault="006A0E7E" w:rsidP="00FF2478">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
@@ -9325,51 +9289,50 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1785924058"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6F8FC803" w14:textId="44B43479" w:rsidR="00532DDB" w:rsidRPr="00997812" w:rsidRDefault="00997812" w:rsidP="00FF2478">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="67E46E8D" w14:textId="77777777" w:rsidR="00D46E1F" w:rsidRDefault="00B07692" w:rsidP="00F63850">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
@@ -9455,144 +9418,126 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="37"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1780447533"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="522A1794" w14:textId="5DA84D14" w:rsidR="008108F2" w:rsidRPr="008108F2" w:rsidRDefault="008108F2" w:rsidP="00FF2478">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008108F2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="33D77B7B" w14:textId="77777777" w:rsidR="00532DDB" w:rsidRPr="008108F2" w:rsidRDefault="006A0E7E" w:rsidP="00FF2478">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008108F2">
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t xml:space="preserve">[Explain why sharing information is necessary to protect vital interests – </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> life or death situation]</w:t>
+              <w:t>[Explain why sharing information is necessary to protect vital interests – ie life or death situation]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF5374" w14:paraId="2AE0826B" w14:textId="77777777" w:rsidTr="00532DDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0659B7F9" w14:textId="5F336E8E" w:rsidR="00DF5374" w:rsidRDefault="00DF5374" w:rsidP="006A0E7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Legitimate Activities – Art 9 (2)(d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-992332575"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="71930331" w14:textId="1980F7E6" w:rsidR="001812BD" w:rsidRDefault="001812BD" w:rsidP="001812BD">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="3AF38274" w14:textId="3F9B8E28" w:rsidR="00DF5374" w:rsidRPr="0027683F" w:rsidRDefault="002D494C" w:rsidP="007D4A33">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -9651,51 +9596,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Manifestly made public by the data subject – Art 9 (2)(e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="826862859"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1F7B1D47" w14:textId="0A93A65B" w:rsidR="001812BD" w:rsidRDefault="001812BD" w:rsidP="001812BD">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="13F1D8B5" w14:textId="77777777" w:rsidR="00DF5374" w:rsidRDefault="00DF5374" w:rsidP="008108F2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
@@ -9707,67 +9651,66 @@
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47F5CA9A" w14:textId="701A2A05" w:rsidR="00F91ADC" w:rsidRDefault="00DF5374" w:rsidP="00582152">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Establishment, exercise or defence of legal claims or where courts are acting in their judicial capacity – Art 9 (2)(f)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C15113F" w14:textId="68CB086A" w:rsidR="001812BD" w:rsidRDefault="002D09C3" w:rsidP="001812BD">
+          <w:p w14:paraId="1C15113F" w14:textId="68CB086A" w:rsidR="001812BD" w:rsidRDefault="00000000" w:rsidP="001812BD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1092740556"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001812BD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="3B6A4A51" w14:textId="24E67127" w:rsidR="00DF5374" w:rsidRDefault="00DF5374" w:rsidP="008108F2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00532DDB" w14:paraId="117E32F7" w14:textId="77777777" w:rsidTr="00532DDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
@@ -9792,51 +9735,50 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>ublic interest</w:t>
             </w:r>
             <w:r w:rsidR="006A0E7E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> - Art 9(2)(g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1015385010"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6F244405" w14:textId="598F0FE0" w:rsidR="00532DDB" w:rsidRDefault="00172DD1" w:rsidP="008108F2">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="5D525A9E" w14:textId="10748A1A" w:rsidR="00172DD1" w:rsidRDefault="00F312D3" w:rsidP="00172DD1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
@@ -10148,65 +10090,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E82A61A" w14:textId="77777777" w:rsidR="00532DDB" w:rsidRPr="000B45F6" w:rsidRDefault="008108F2" w:rsidP="000B45F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="624" w:hanging="624"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Public health</w:t>
             </w:r>
             <w:r w:rsidR="0051304D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - Art 9(2)(</w:t>
-[...13 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> - Art 9(2)(i)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="552B2DF4" w14:textId="321CA7EF" w:rsidR="00532DDB" w:rsidRDefault="00DD7582" w:rsidP="008108F2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="733D75F1" w14:textId="77777777" w:rsidR="003F06C2" w:rsidRPr="007D4A33" w:rsidRDefault="00340657" w:rsidP="007D4A33">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -10309,51 +10237,50 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Research</w:t>
             </w:r>
             <w:r w:rsidR="0051304D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Art 9(2)(j)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1937125086"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6A64330C" w14:textId="6F8C5ACB" w:rsidR="00532DDB" w:rsidRDefault="00FC5442" w:rsidP="008108F2">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="2235"/>
                   </w:tabs>
                   <w:ind w:left="624" w:hanging="624"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="059237D1" w14:textId="37683DBA" w:rsidR="007D4A33" w:rsidRDefault="001C344D" w:rsidP="00004439">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -10618,67 +10545,66 @@
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027683F">
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>[You should have already selected a lawful basis for processing under Article 6]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="258D5DDA" w14:textId="7F9DA0C8" w:rsidR="00C51414" w:rsidRDefault="00C51414" w:rsidP="008D77AA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Processing is:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47F4EF07" w14:textId="5B767405" w:rsidR="005017B7" w:rsidRPr="00C51414" w:rsidRDefault="002D09C3" w:rsidP="00C51414">
+          <w:p w14:paraId="47F4EF07" w14:textId="5B767405" w:rsidR="005017B7" w:rsidRPr="00C51414" w:rsidRDefault="00000000" w:rsidP="00C51414">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-405540698"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C51414">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C51414">
               <w:t xml:space="preserve"> Carried out under the control of </w:t>
             </w:r>
             <w:r w:rsidR="001667F0">
               <w:t xml:space="preserve">an </w:t>
             </w:r>
             <w:r w:rsidR="00C51414">
               <w:t>official authority / competent authority</w:t>
             </w:r>
             <w:r w:rsidR="007F00C2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007F00C2" w:rsidRPr="0027683F">
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
@@ -10893,67 +10819,66 @@
         <w:trPr>
           <w:trHeight w:val="828"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="3924F73D" w14:textId="77777777" w:rsidR="00C51414" w:rsidRDefault="00C51414" w:rsidP="00252124">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6383" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C16A8E5" w14:textId="0C9D08CF" w:rsidR="00C51414" w:rsidRDefault="002D09C3" w:rsidP="00C51414">
+          <w:p w14:paraId="0C16A8E5" w14:textId="0C9D08CF" w:rsidR="00C51414" w:rsidRDefault="00000000" w:rsidP="00C51414">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1497947388"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C51414">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C51414">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C51414" w:rsidRPr="00D508E1">
               <w:t xml:space="preserve">Meets a relevant condition in </w:t>
             </w:r>
             <w:r w:rsidR="00C51414">
               <w:t>Part 1</w:t>
             </w:r>
             <w:r w:rsidR="006703B7">
               <w:t>, 2</w:t>
             </w:r>
             <w:r w:rsidR="00C51414">
               <w:t xml:space="preserve"> or 3 of Schedule </w:t>
             </w:r>
             <w:r w:rsidR="00C51414" w:rsidRPr="002D2EB3">
@@ -11150,404 +11075,390 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3379"/>
         <w:gridCol w:w="2858"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
       <w:tr w:rsidR="005A6683" w:rsidRPr="00301CCA" w14:paraId="0924BECB" w14:textId="77777777" w:rsidTr="00FF6124">
         <w:trPr>
           <w:trHeight w:val="950"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48141BA9" w14:textId="4E773017" w:rsidR="005A6683" w:rsidRPr="002F2F2E" w:rsidRDefault="00252124" w:rsidP="00252124">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Processing </w:t>
             </w:r>
             <w:r w:rsidRPr="00252124">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="0024172A" w:rsidRPr="00252124">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>ersonal data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> for law enforcement purposes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4675EF59" w14:textId="1C5BF35B" w:rsidR="005A6683" w:rsidRPr="00B07692" w:rsidRDefault="005A6683" w:rsidP="008D77AA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00F16F6B">
               <w:t>The Data Protection Act 2018, Part 3, Chapter 2, Section 35</w:t>
             </w:r>
             <w:r>
               <w:t>(2)</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16F6B">
               <w:t xml:space="preserve"> outlines the legal bases for sharing personal data for law enforcement purposes. The </w:t>
             </w:r>
             <w:r w:rsidR="00A161D5">
               <w:t>processing is based on law and</w:t>
             </w:r>
             <w:r w:rsidR="00E232D4">
               <w:t xml:space="preserve"> (select one):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="356BF1B7" w14:textId="77777777" w:rsidR="005A6683" w:rsidRPr="00301CCA" w:rsidRDefault="002D09C3" w:rsidP="008D77AA">
+          <w:p w14:paraId="356BF1B7" w14:textId="77777777" w:rsidR="005A6683" w:rsidRPr="00301CCA" w:rsidRDefault="00000000" w:rsidP="008D77AA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1462566642"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005A6683">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005A6683">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005A6683" w:rsidRPr="00F16F6B">
               <w:t>35(2)(a) The data subject has given consent</w:t>
             </w:r>
             <w:r w:rsidR="005A6683">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A6683" w:rsidRPr="00301CCA" w:rsidDel="00822F10" w14:paraId="55F1F34B" w14:textId="77777777" w:rsidTr="0027683F">
         <w:trPr>
           <w:trHeight w:val="151"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61B825E5" w14:textId="77777777" w:rsidR="005A6683" w:rsidRDefault="005A6683" w:rsidP="008D77AA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="96"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7092AC36" w14:textId="77777777" w:rsidR="005A6683" w:rsidRPr="00301CCA" w:rsidDel="00822F10" w:rsidRDefault="005A6683" w:rsidP="008D77AA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45E594A5" w14:textId="77777777" w:rsidR="005A6683" w:rsidRPr="00301CCA" w:rsidDel="00822F10" w:rsidRDefault="005A6683" w:rsidP="008D77AA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00301CCA">
               <w:t>or</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13844FB1" w14:textId="77777777" w:rsidR="005A6683" w:rsidRPr="00301CCA" w:rsidDel="00822F10" w:rsidRDefault="005A6683" w:rsidP="008D77AA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A6683" w:rsidRPr="00301CCA" w:rsidDel="00822F10" w14:paraId="293BE9F8" w14:textId="77777777" w:rsidTr="0027683F">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E0F74B7" w14:textId="77777777" w:rsidR="005A6683" w:rsidRDefault="005A6683" w:rsidP="008D77AA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="96"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71FD5C9B" w14:textId="77777777" w:rsidR="005A6683" w:rsidRPr="00301CCA" w:rsidDel="00822F10" w:rsidRDefault="005A6683" w:rsidP="008D77AA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FD69521" w14:textId="77777777" w:rsidR="005A6683" w:rsidDel="00822F10" w:rsidRDefault="005A6683" w:rsidP="008D77AA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0623DF58" w14:textId="77777777" w:rsidR="005A6683" w:rsidRPr="00301CCA" w:rsidDel="00822F10" w:rsidRDefault="005A6683" w:rsidP="008D77AA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A6683" w:rsidDel="00822F10" w14:paraId="52BADA1C" w14:textId="77777777" w:rsidTr="00FF6124">
         <w:trPr>
           <w:trHeight w:val="1144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A8B8F01" w14:textId="77777777" w:rsidR="005A6683" w:rsidRDefault="005A6683" w:rsidP="008D77AA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="96"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="535A855B" w14:textId="694759AF" w:rsidR="005A6683" w:rsidDel="00822F10" w:rsidRDefault="002D09C3">
+          <w:p w14:paraId="535A855B" w14:textId="694759AF" w:rsidR="005A6683" w:rsidDel="00822F10" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-618526258"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005A6683">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005A6683">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005A6683" w:rsidRPr="00F16F6B">
               <w:t>35(2)(b) The processing is necessary for the performance of a task carried out for that purpose by a competent authority</w:t>
             </w:r>
             <w:r w:rsidR="005A6683">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B53406" w:rsidRPr="0071772A" w14:paraId="55574B8C" w14:textId="77777777" w:rsidTr="00FF6124">
         <w:trPr>
           <w:trHeight w:val="1484"/>
         </w:trPr>
@@ -11735,67 +11646,66 @@
             </w:r>
             <w:r w:rsidR="00670580">
               <w:t>sensitive / special categories of</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16F6B">
               <w:t xml:space="preserve"> data for law enforcement purposes. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15DFA71C" w14:textId="71487765" w:rsidR="00B53406" w:rsidRDefault="00B53406" w:rsidP="008D77AA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00F16F6B">
               <w:t xml:space="preserve">The legal basis </w:t>
             </w:r>
             <w:r w:rsidR="00E232D4">
               <w:t>is (select one)</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="401A8B1A" w14:textId="24A57FB3" w:rsidR="00B53406" w:rsidRPr="0071772A" w:rsidRDefault="002D09C3" w:rsidP="0024172A">
+          <w:p w14:paraId="401A8B1A" w14:textId="24A57FB3" w:rsidR="00B53406" w:rsidRPr="0071772A" w:rsidRDefault="00000000" w:rsidP="0024172A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1743751037"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B53406">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B53406">
               <w:t xml:space="preserve"> 35(4)</w:t>
             </w:r>
             <w:r w:rsidR="00FF6124">
               <w:t xml:space="preserve"> T</w:t>
             </w:r>
             <w:r w:rsidR="00B53406">
               <w:t xml:space="preserve">he data subject has given consent </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B53406" w:rsidRPr="00301CCA" w14:paraId="52BB36C2" w14:textId="77777777" w:rsidTr="0027683F">
         <w:trPr>
           <w:trHeight w:val="173"/>
         </w:trPr>
@@ -11980,67 +11890,66 @@
           <w:trHeight w:val="950"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1A96A57C" w14:textId="62A833C6" w:rsidR="00B53406" w:rsidRPr="002F2F2E" w:rsidRDefault="00B53406" w:rsidP="008D77AA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="96"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F4A15EA" w14:textId="0B21E5F3" w:rsidR="00B53406" w:rsidRDefault="002D09C3" w:rsidP="0024172A">
+          <w:p w14:paraId="4F4A15EA" w14:textId="0B21E5F3" w:rsidR="00B53406" w:rsidRDefault="00000000" w:rsidP="0024172A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1515762530"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B53406">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B53406">
               <w:t xml:space="preserve"> 35(5) </w:t>
             </w:r>
             <w:r w:rsidR="00FF6124">
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00B53406">
               <w:t>he processing is strictly necessary for the law enforcement purpose, and</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6837962F" w14:textId="77777777" w:rsidR="00B53406" w:rsidRDefault="00B53406" w:rsidP="0024172A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
@@ -12511,492 +12420,462 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Select all that apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D4594" w14:paraId="172C2D94" w14:textId="77777777" w:rsidTr="00155D99">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7361" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="430408A4" w14:textId="77777777" w:rsidR="005D4594" w:rsidRPr="008D5331" w:rsidRDefault="005D4594" w:rsidP="00F63853">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D5331">
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Name </w:t>
             </w:r>
             <w:r w:rsidR="00720318" w:rsidRPr="008D5331">
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
               </w:rPr>
               <w:t>(including aliases)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="291871636"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1853" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="0CCC5D83" w14:textId="44F07CEE" w:rsidR="005D4594" w:rsidRPr="00337E98" w:rsidRDefault="00155D99" w:rsidP="00F63853">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:spacing w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="000428E1" w14:paraId="003EF3E9" w14:textId="77777777" w:rsidTr="00155D99">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7361" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="14DD4915" w14:textId="77777777" w:rsidR="000428E1" w:rsidRPr="008D5331" w:rsidRDefault="000428E1" w:rsidP="00F63853">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D5331">
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
               </w:rPr>
               <w:t>Date of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="289411618"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1853" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="08495498" w14:textId="4E4B0716" w:rsidR="000428E1" w:rsidRDefault="00FB5BDB" w:rsidP="00F63853">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:spacing w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00337E98">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="005D4594" w14:paraId="782C3641" w14:textId="77777777" w:rsidTr="00155D99">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7361" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A1FD6F6" w14:textId="77777777" w:rsidR="005D4594" w:rsidRPr="008D5331" w:rsidRDefault="005D4594" w:rsidP="00583B31">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D5331">
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Address </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-865905111"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1853" w:type="dxa"/>
                 <w:tcBorders>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="02866062" w14:textId="746ED91D" w:rsidR="005D4594" w:rsidRPr="00337E98" w:rsidRDefault="005D4594" w:rsidP="00F63853">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:spacing w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00337E98">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="005D4594" w14:paraId="7C00C271" w14:textId="77777777" w:rsidTr="00155D99">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7361" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="532A4212" w14:textId="77777777" w:rsidR="005D4594" w:rsidRPr="008D5331" w:rsidRDefault="005D4594" w:rsidP="00F63853">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D5331">
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Postcode </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1422721065"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1853" w:type="dxa"/>
                 <w:tcBorders>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="17358A21" w14:textId="631CA494" w:rsidR="005D4594" w:rsidRPr="00337E98" w:rsidRDefault="005D4594" w:rsidP="00F63853">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:spacing w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00337E98">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="005D4594" w14:paraId="7C24FB35" w14:textId="77777777" w:rsidTr="00155D99">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7361" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="44305A91" w14:textId="77777777" w:rsidR="005D4594" w:rsidRPr="008D5331" w:rsidRDefault="00720318" w:rsidP="00F63853">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D5331">
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Other reference number (</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> NHS number, National Insurance number, any system/service number )</w:t>
+              <w:t>Other reference number (eg NHS number, National Insurance number, any system/service number )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="99150699"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1853" w:type="dxa"/>
                 <w:tcBorders>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="0E0F4DB6" w14:textId="5C86AA05" w:rsidR="005D4594" w:rsidRPr="00337E98" w:rsidRDefault="00571C30" w:rsidP="00F63853">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:spacing w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="005D4594" w14:paraId="1FA0AE1E" w14:textId="77777777" w:rsidTr="00155D99">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7361" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="31C61405" w14:textId="77777777" w:rsidR="00337E98" w:rsidRPr="008D5331" w:rsidRDefault="005D4594" w:rsidP="00583B31">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D5331">
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>[insert rows as required but note that the information required to identify a data subject should not include any special categories / sensitive data. Neither should the inf</w:t>
             </w:r>
             <w:r w:rsidR="00775E67">
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -13035,59 +12914,57 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1132322076"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1853" w:type="dxa"/>
                 <w:tcBorders>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="2EFF9FC2" w14:textId="5FDBBAAB" w:rsidR="005D4594" w:rsidRPr="00337E98" w:rsidRDefault="00752AC9" w:rsidP="00F63853">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:spacing w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -13197,51 +13074,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Information Governance representative</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Data Protection Officer or equivalent.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA68C6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Specific guidance on these rights is available on the Information Commissioner’s website; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00F52B65" w:rsidRPr="009A504D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="AC1919"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.ico.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C602C6">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="AC1919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.uk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1445ED04" w14:textId="77777777" w:rsidR="000039F3" w:rsidRDefault="000039F3" w:rsidP="000039F3">
       <w:pPr>
         <w:rPr>
@@ -13482,51 +13359,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="000659B9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ight to be Informed’ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is available on the Information Commissioner’s website; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00F52B65" w:rsidRPr="009A504D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="AC1919"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.ico.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7F5E96A5" w14:textId="77777777" w:rsidR="00775878" w:rsidRDefault="00565203" w:rsidP="008C4D45">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For the purposes of this ISP, partner organisations should set out below how </w:t>
@@ -13826,74 +13703,73 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Website</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7574566A" w14:textId="5038A2DC" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00A43773">
+          <w:p w14:paraId="7574566A" w14:textId="5038A2DC" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1448898084"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="0B241420" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="001C344D" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -13972,74 +13848,73 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Leaflet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E7F4CE2" w14:textId="4AD79458" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00A43773">
+          <w:p w14:paraId="2E7F4CE2" w14:textId="4AD79458" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1406594699"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="64B53F8F" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -14104,74 +13979,73 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Form</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="150690A5" w14:textId="76117370" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00A43773">
+          <w:p w14:paraId="150690A5" w14:textId="76117370" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="73485040"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="37E7C0A4" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -14236,74 +14110,73 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Verbal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60E8220A" w14:textId="478C0C79" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00A43773">
+          <w:p w14:paraId="60E8220A" w14:textId="478C0C79" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="836813264"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="446EBE56" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -14373,74 +14246,73 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Other </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>(specify in comments)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3ACEDD75" w14:textId="3FB7A4E6" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00A43773">
+          <w:p w14:paraId="3ACEDD75" w14:textId="3FB7A4E6" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1588615384"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2D12B576" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -14515,74 +14387,73 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Website</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A8698B1" w14:textId="6EF8A908" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00A43773">
+          <w:p w14:paraId="4A8698B1" w14:textId="6EF8A908" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-738022288"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="289C943F" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -14647,74 +14518,73 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Leaflet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DC1A733" w14:textId="72C7CC50" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00A43773">
+          <w:p w14:paraId="4DC1A733" w14:textId="72C7CC50" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-828601374"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="19381BBB" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -14779,74 +14649,73 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Form</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77EBB80E" w14:textId="19DE37F1" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00A43773">
+          <w:p w14:paraId="77EBB80E" w14:textId="19DE37F1" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-543749603"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2900D651" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -14911,74 +14780,73 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Verbal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="058C6F92" w14:textId="63984F40" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00A43773">
+          <w:p w14:paraId="058C6F92" w14:textId="63984F40" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1795867517"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="77A0DAC6" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -15048,74 +14916,73 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Other </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>(specify in comments)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="016D3602" w14:textId="366B2F75" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00A43773">
+          <w:p w14:paraId="016D3602" w14:textId="366B2F75" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="12110154"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="55BD9A15" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -15185,74 +15052,73 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Website</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="241135C8" w14:textId="07494B7D" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00A43773">
+          <w:p w14:paraId="241135C8" w14:textId="07494B7D" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1931237730"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="4348F680" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -15316,73 +15182,72 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Leaflet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F1200A8" w14:textId="406CE5AF" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00713D2F">
+          <w:p w14:paraId="5F1200A8" w14:textId="406CE5AF" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="170914382"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="50B00DC3" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="008C4D45" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -15444,73 +15309,72 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Form</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24B020D9" w14:textId="26A01989" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00713D2F">
+          <w:p w14:paraId="24B020D9" w14:textId="26A01989" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="636380061"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="13E8F23C" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="008C4D45" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -15572,73 +15436,72 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Verbal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39AEA7C5" w14:textId="7E9F1984" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00713D2F">
+          <w:p w14:paraId="39AEA7C5" w14:textId="7E9F1984" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1917308882"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7C670D66" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="008C4D45" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -15705,73 +15568,72 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Other </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE450D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>(specify in comments)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05A80BF4" w14:textId="207FD27B" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="002D09C3" w:rsidP="00713D2F">
+          <w:p w14:paraId="05A80BF4" w14:textId="207FD27B" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="00000000" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1838136729"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="00DE450D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1ADF4152" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="00DE450D" w:rsidRDefault="008C4D45" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -17725,67 +17587,51 @@
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Practitioner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="453D8513" w14:textId="77777777" w:rsidR="00670217" w:rsidRDefault="00670217" w:rsidP="00670217">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve">An inclusive term that refers to those involved in the care, education, welfare of data subjects; </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> those who provide a public service.</w:t>
+              <w:t>An inclusive term that refers to those involved in the care, education, welfare of data subjects; ie those who provide a public service.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="642704DD" w14:textId="77777777" w:rsidR="00670217" w:rsidRPr="006B5D93" w:rsidRDefault="00670217" w:rsidP="00670217">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="221E1F"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00670217" w:rsidRPr="00DD786E" w14:paraId="20DC6D5A" w14:textId="77777777" w:rsidTr="0029068B">
         <w:trPr>
           <w:trHeight w:val="2051"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1897" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D1BF76A" w14:textId="77777777" w:rsidR="00670217" w:rsidRPr="009A504D" w:rsidRDefault="00816A15" w:rsidP="00670217">
             <w:pPr>
               <w:pStyle w:val="Default"/>
@@ -18026,56 +17872,56 @@
               <w:pStyle w:val="Default"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68D94DC8" w14:textId="77777777" w:rsidR="008D3154" w:rsidRDefault="008D3154" w:rsidP="008D3154">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sectPr w:rsidR="008D3154" w:rsidSect="000C259B">
-          <w:headerReference w:type="even" r:id="rId23"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId28"/>
+          <w:headerReference w:type="even" r:id="rId22"/>
+          <w:headerReference w:type="default" r:id="rId23"/>
+          <w:footerReference w:type="even" r:id="rId24"/>
+          <w:footerReference w:type="default" r:id="rId25"/>
+          <w:headerReference w:type="first" r:id="rId26"/>
+          <w:footerReference w:type="first" r:id="rId27"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="851" w:right="850" w:bottom="1304" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7389DFB9" w14:textId="77777777" w:rsidR="008D3154" w:rsidRPr="00407CC9" w:rsidRDefault="008D3154" w:rsidP="000C259B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1224"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:right="226" w:hanging="851"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc79759210"/>
       <w:r w:rsidRPr="000C259B">
         <w:lastRenderedPageBreak/>
         <w:t>Appendix</w:t>
       </w:r>
       <w:r w:rsidRPr="004665F8">
         <w:t xml:space="preserve"> B</w:t>
       </w:r>
@@ -18233,69 +18079,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708B2E51" w14:textId="77777777" w:rsidR="003F77EE" w:rsidRPr="003F77EE" w:rsidRDefault="00560855" w:rsidP="002B3416">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560855">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t xml:space="preserve">[Insert title of exchange 1 – </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> ‘Referral</w:t>
+              <w:t>[Insert title of exchange 1 – eg ‘Referral</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidR="00571C30">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
@@ -18543,51 +18371,50 @@
             </w:r>
             <w:r w:rsidR="001F2675" w:rsidRPr="001F2675">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="001F2675">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E149BAF" w14:textId="77777777" w:rsidR="00B96F20" w:rsidRPr="00560855" w:rsidRDefault="00B96F20" w:rsidP="00560855">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:right="6"/>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96F20">
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -18617,51 +18444,50 @@
           </w:p>
           <w:p w14:paraId="17A5511C" w14:textId="77777777" w:rsidR="00B96F20" w:rsidRPr="00B96F20" w:rsidRDefault="00B96F20" w:rsidP="00B96F20">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:right="6"/>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C254C0E" w14:textId="77777777" w:rsidR="00560855" w:rsidRPr="00560855" w:rsidRDefault="00560855" w:rsidP="00560855">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:right="6"/>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96F20">
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -20450,51 +20276,50 @@
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F2675">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Provide, in detail the specific agreed secure methods for sharing personal information </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="797D9DB0" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="00256D72" w:rsidRDefault="0070145A" w:rsidP="002626EA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00256D72">
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Clarify the methods used to keep data secure when it is shared; for example, ‘secure email’ is not an appropriate description</w:t>
@@ -20587,51 +20412,50 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5972DCA4" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="00256D72" w:rsidRDefault="0070145A" w:rsidP="00FE21B3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2687670E" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="00137FF1" w:rsidRDefault="0070145A" w:rsidP="00FE21B3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7D47782F" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="00DD49D6" w:rsidRDefault="0070145A" w:rsidP="0027683F">
@@ -20743,115 +20567,112 @@
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F2675">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t>Check the box if any exchange relies on consent and explain how and when consent is obtained. Ensure section 4 of the ISP reflects this legal basis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0D544D4F" w14:textId="5A35E2FC" w:rsidR="0070145A" w:rsidRPr="0029068B" w:rsidRDefault="002D09C3" w:rsidP="00BC2387">
+          <w:p w14:paraId="0D544D4F" w14:textId="5A35E2FC" w:rsidR="0070145A" w:rsidRPr="0029068B" w:rsidRDefault="00000000" w:rsidP="00BC2387">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-49000449"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EC60A7" w:rsidRPr="0029068B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0070145A" w:rsidRPr="0029068B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Exchange relies on consent</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="762676A9" w14:textId="3251AC93" w:rsidR="004146B5" w:rsidRPr="0029068B" w:rsidRDefault="002D09C3" w:rsidP="00BC2387">
+          <w:p w14:paraId="762676A9" w14:textId="3251AC93" w:rsidR="004146B5" w:rsidRPr="0029068B" w:rsidRDefault="00000000" w:rsidP="00BC2387">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="401107393"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0029068B" w:rsidRPr="0029068B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004146B5" w:rsidRPr="0029068B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004146B5" w:rsidRPr="009A504D">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Exchange does not rely on consent</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CA31C9E" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="0029068B" w:rsidRDefault="0070145A" w:rsidP="00807F13">
             <w:pPr>
@@ -20881,115 +20702,112 @@
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> and how is it documented</w:t>
             </w:r>
             <w:r w:rsidRPr="009A504D">
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>?]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="588DB08A" w14:textId="1EF0536F" w:rsidR="0070145A" w:rsidRPr="0029068B" w:rsidRDefault="002D09C3" w:rsidP="00FE21B3">
+          <w:p w14:paraId="588DB08A" w14:textId="1EF0536F" w:rsidR="0070145A" w:rsidRPr="0029068B" w:rsidRDefault="00000000" w:rsidP="00FE21B3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="820311239"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0070145A" w:rsidRPr="0029068B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0070145A" w:rsidRPr="0029068B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Exchange relies on consent</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4EBA817D" w14:textId="075E370A" w:rsidR="0029068B" w:rsidRPr="0029068B" w:rsidRDefault="002D09C3" w:rsidP="0029068B">
+          <w:p w14:paraId="4EBA817D" w14:textId="075E370A" w:rsidR="0029068B" w:rsidRPr="0029068B" w:rsidRDefault="00000000" w:rsidP="0029068B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-594317960"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00330BB3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0029068B" w:rsidRPr="0029068B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0029068B" w:rsidRPr="009A504D">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Exchange does not rely on consent</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64066CB4" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="0029068B" w:rsidRDefault="0029068B" w:rsidP="0029068B">
             <w:pPr>
@@ -21026,115 +20844,112 @@
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> and how it is documented</w:t>
             </w:r>
             <w:r w:rsidR="0070145A" w:rsidRPr="009A504D">
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>?]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="65851C7D" w14:textId="7BF59890" w:rsidR="0070145A" w:rsidRPr="0029068B" w:rsidRDefault="002D09C3" w:rsidP="00FE21B3">
+          <w:p w14:paraId="65851C7D" w14:textId="7BF59890" w:rsidR="0070145A" w:rsidRPr="0029068B" w:rsidRDefault="00000000" w:rsidP="00FE21B3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-265241443"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0070145A" w:rsidRPr="0029068B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0070145A" w:rsidRPr="0029068B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Exchange relies on consent</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EA2E537" w14:textId="6286E4D7" w:rsidR="0029068B" w:rsidRPr="0029068B" w:rsidRDefault="002D09C3" w:rsidP="0029068B">
+          <w:p w14:paraId="3EA2E537" w14:textId="6286E4D7" w:rsidR="0029068B" w:rsidRPr="0029068B" w:rsidRDefault="00000000" w:rsidP="0029068B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="737442698"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0029068B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0029068B" w:rsidRPr="0029068B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0029068B" w:rsidRPr="009A504D">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Exchange does not rely on consent</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A4047D9" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="0029068B" w:rsidRDefault="0029068B" w:rsidP="0029068B">
             <w:pPr>
@@ -21171,115 +20986,112 @@
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> and how it is documented</w:t>
             </w:r>
             <w:r w:rsidR="0070145A" w:rsidRPr="009A504D">
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>?]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2955" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5F1113A4" w14:textId="3926FD0B" w:rsidR="0070145A" w:rsidRPr="0029068B" w:rsidRDefault="002D09C3" w:rsidP="00FE21B3">
+          <w:p w14:paraId="5F1113A4" w14:textId="3926FD0B" w:rsidR="0070145A" w:rsidRPr="0029068B" w:rsidRDefault="00000000" w:rsidP="00FE21B3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1060373875"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0070145A" w:rsidRPr="0029068B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0070145A" w:rsidRPr="0029068B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Exchange relies on consent</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D2B632E" w14:textId="77777777" w:rsidR="0029068B" w:rsidRPr="0029068B" w:rsidRDefault="002D09C3" w:rsidP="0029068B">
+          <w:p w14:paraId="2D2B632E" w14:textId="77777777" w:rsidR="0029068B" w:rsidRPr="0029068B" w:rsidRDefault="00000000" w:rsidP="0029068B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1765424551"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0029068B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0029068B" w:rsidRPr="0029068B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0029068B" w:rsidRPr="009A504D">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Exchange does not rely on consent</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7488A510" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="0029068B" w:rsidRDefault="0029068B" w:rsidP="0029068B">
             <w:pPr>
@@ -21399,76 +21211,74 @@
           </w:p>
           <w:p w14:paraId="1F70006A" w14:textId="77777777" w:rsidR="00C11888" w:rsidRDefault="00C11888" w:rsidP="00F25BE7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26CCB588" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="00256D72" w:rsidRDefault="0070145A" w:rsidP="00BC2387">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="165CDFC7" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="00137FF1" w:rsidRDefault="0070145A" w:rsidP="00FE21B3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04017FB5" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="00137FF1" w:rsidRDefault="0070145A" w:rsidP="00FE21B3">
@@ -22758,86 +22568,86 @@
         <w:t>additional</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE450D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>tables</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE450D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> if required]</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EC60A7" w:rsidRPr="004D40DD" w:rsidSect="008D3154">
-      <w:headerReference w:type="even" r:id="rId29"/>
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId32"/>
+      <w:headerReference w:type="even" r:id="rId28"/>
+      <w:headerReference w:type="default" r:id="rId29"/>
+      <w:footerReference w:type="default" r:id="rId30"/>
+      <w:headerReference w:type="first" r:id="rId31"/>
       <w:pgSz w:w="16840" w:h="11907" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1304" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E0C0E89" w14:textId="77777777" w:rsidR="002D09C3" w:rsidRDefault="002D09C3">
+    <w:p w14:paraId="651372FD" w14:textId="77777777" w:rsidR="008404F0" w:rsidRDefault="008404F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F965DE8" w14:textId="77777777" w:rsidR="002D09C3" w:rsidRDefault="002D09C3"/>
+    <w:p w14:paraId="362F44C1" w14:textId="77777777" w:rsidR="008404F0" w:rsidRDefault="008404F0"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2252C1F0" w14:textId="77777777" w:rsidR="002D09C3" w:rsidRDefault="002D09C3">
+    <w:p w14:paraId="5657350E" w14:textId="77777777" w:rsidR="008404F0" w:rsidRDefault="008404F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE6DBF8" w14:textId="77777777" w:rsidR="002D09C3" w:rsidRDefault="002D09C3"/>
+    <w:p w14:paraId="6A9B4E99" w14:textId="77777777" w:rsidR="008404F0" w:rsidRDefault="008404F0"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -22896,103 +22706,103 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times (W1)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35E29BA4" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRPr="00720C7F" w:rsidRDefault="00683FB0" w:rsidP="00720C7F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47189CB7" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRPr="00371FDF" w:rsidRDefault="00683FB0" w:rsidP="00371FDF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="539A5119" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRDefault="00683FB0" w:rsidP="00571C30">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="62261F18" w14:textId="6B11652A" w:rsidR="00683FB0" w:rsidRDefault="00683FB0" w:rsidP="00571C30">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
@@ -23049,61 +22859,61 @@
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="6B83D4F3" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRDefault="00683FB0" w:rsidP="00571C30">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="624" w:hanging="624"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="70164B4B" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRDefault="00683FB0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="77E878CD" w14:textId="6D912E63" w:rsidR="00683FB0" w:rsidRDefault="00683FB0" w:rsidP="001507F9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008F3C56">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
@@ -23143,61 +22953,61 @@
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00180620">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="03C0C1C9" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRDefault="00683FB0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="136B0E23" w14:textId="125ACEB9" w:rsidR="00683FB0" w:rsidRDefault="00683FB0" w:rsidP="00571C30">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
@@ -23259,187 +23069,187 @@
     </w:sdt>
   </w:p>
   <w:p w14:paraId="0D0A1F0C" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRPr="00571C30" w:rsidRDefault="00683FB0" w:rsidP="00571C30">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="624" w:hanging="624"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="561FBF30" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRDefault="00683FB0" w:rsidP="0027683F">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="624"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28B19236" w14:textId="77777777" w:rsidR="002D09C3" w:rsidRDefault="002D09C3">
+    <w:p w14:paraId="15D63BE9" w14:textId="77777777" w:rsidR="008404F0" w:rsidRDefault="008404F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F42D9E4" w14:textId="77777777" w:rsidR="002D09C3" w:rsidRDefault="002D09C3"/>
+    <w:p w14:paraId="56C50F4B" w14:textId="77777777" w:rsidR="008404F0" w:rsidRDefault="008404F0"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F230DB8" w14:textId="77777777" w:rsidR="002D09C3" w:rsidRDefault="002D09C3">
+    <w:p w14:paraId="5456BC0B" w14:textId="77777777" w:rsidR="008404F0" w:rsidRDefault="008404F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED2320C" w14:textId="77777777" w:rsidR="002D09C3" w:rsidRDefault="002D09C3"/>
+    <w:p w14:paraId="1E78CB17" w14:textId="77777777" w:rsidR="008404F0" w:rsidRDefault="008404F0"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="39FE5055" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRPr="00720C7F" w:rsidRDefault="00683FB0" w:rsidP="00720C7F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3B38FD6A" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRDefault="00683FB0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0DCEFAF2" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRPr="00174B6B" w:rsidRDefault="00683FB0" w:rsidP="008D3154">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="424F1303" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRDefault="00683FB0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1743CF11" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRDefault="00683FB0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="227E266E" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRDefault="00683FB0"/>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79B82FB7" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRPr="008D3154" w:rsidRDefault="00683FB0" w:rsidP="008D3154">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="14601"/>
       </w:tabs>
       <w:ind w:left="624" w:hanging="624"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="11558C1A" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRDefault="00683FB0" w:rsidP="0027683F">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="624" w:hanging="624"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E3450FF" w14:textId="77777777" w:rsidR="00683FB0" w:rsidRDefault="00683FB0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="E7845843"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2E1F778"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -27504,208 +27314,207 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="530415058">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="886839582">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1842818058">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="744643712">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1259479943">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="630208089">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="654915817">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1612280011">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1713535108">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1707874738">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1703166559">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="998071801">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1280145945">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1377043498">
     <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1084571232">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="51388049">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="2059163947">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="243533690">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1077751796">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1091050490">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1653362735">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="585647635">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="281573109">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="641346978">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1209491003">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="382755448">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1841265659">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1747148447">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="962731742">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="334192554">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="2139102383">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="529228270">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1685474719">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="260459199">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="93720207">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1114598709">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="245966288">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="1916427161">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CD43CD"/>
     <w:rsid w:val="00000B93"/>
     <w:rsid w:val="00002564"/>
     <w:rsid w:val="00002A61"/>
     <w:rsid w:val="00002A81"/>
     <w:rsid w:val="00002FB9"/>
     <w:rsid w:val="00003414"/>
@@ -27777,50 +27586,51 @@
     <w:rsid w:val="00067E00"/>
     <w:rsid w:val="000716F2"/>
     <w:rsid w:val="0007264B"/>
     <w:rsid w:val="00074E7B"/>
     <w:rsid w:val="0007519C"/>
     <w:rsid w:val="000760A1"/>
     <w:rsid w:val="000762E2"/>
     <w:rsid w:val="0007651B"/>
     <w:rsid w:val="00077440"/>
     <w:rsid w:val="00080642"/>
     <w:rsid w:val="00080701"/>
     <w:rsid w:val="00081311"/>
     <w:rsid w:val="00081D9C"/>
     <w:rsid w:val="000832EC"/>
     <w:rsid w:val="00083DC2"/>
     <w:rsid w:val="00086879"/>
     <w:rsid w:val="00086CF1"/>
     <w:rsid w:val="00087376"/>
     <w:rsid w:val="00091D60"/>
     <w:rsid w:val="00093EE6"/>
     <w:rsid w:val="000960AB"/>
     <w:rsid w:val="000964BA"/>
     <w:rsid w:val="000975F6"/>
     <w:rsid w:val="000A02A2"/>
     <w:rsid w:val="000A0393"/>
+    <w:rsid w:val="000A09DB"/>
     <w:rsid w:val="000A1793"/>
     <w:rsid w:val="000A1D3A"/>
     <w:rsid w:val="000A34AF"/>
     <w:rsid w:val="000A47D3"/>
     <w:rsid w:val="000A49A2"/>
     <w:rsid w:val="000A5531"/>
     <w:rsid w:val="000A5A63"/>
     <w:rsid w:val="000B1270"/>
     <w:rsid w:val="000B12FE"/>
     <w:rsid w:val="000B2666"/>
     <w:rsid w:val="000B2D39"/>
     <w:rsid w:val="000B3A87"/>
     <w:rsid w:val="000B45F6"/>
     <w:rsid w:val="000B489D"/>
     <w:rsid w:val="000B6726"/>
     <w:rsid w:val="000B7BD4"/>
     <w:rsid w:val="000C1AA5"/>
     <w:rsid w:val="000C1EFF"/>
     <w:rsid w:val="000C23E2"/>
     <w:rsid w:val="000C259B"/>
     <w:rsid w:val="000C2CE4"/>
     <w:rsid w:val="000C2F31"/>
     <w:rsid w:val="000C50A7"/>
     <w:rsid w:val="000C5FA9"/>
     <w:rsid w:val="000C73D9"/>
@@ -27874,50 +27684,51 @@
     <w:rsid w:val="001031E0"/>
     <w:rsid w:val="00103331"/>
     <w:rsid w:val="001034BD"/>
     <w:rsid w:val="00103AD9"/>
     <w:rsid w:val="00106D75"/>
     <w:rsid w:val="00107474"/>
     <w:rsid w:val="00110F1B"/>
     <w:rsid w:val="00111506"/>
     <w:rsid w:val="001119ED"/>
     <w:rsid w:val="00112B7E"/>
     <w:rsid w:val="0011306C"/>
     <w:rsid w:val="001132DF"/>
     <w:rsid w:val="00113833"/>
     <w:rsid w:val="00113A5A"/>
     <w:rsid w:val="001145C0"/>
     <w:rsid w:val="0011536D"/>
     <w:rsid w:val="00115F02"/>
     <w:rsid w:val="00116B75"/>
     <w:rsid w:val="00117821"/>
     <w:rsid w:val="00117C18"/>
     <w:rsid w:val="00122B00"/>
     <w:rsid w:val="0012320C"/>
     <w:rsid w:val="0012357C"/>
     <w:rsid w:val="001235A8"/>
     <w:rsid w:val="001256F3"/>
+    <w:rsid w:val="001266A0"/>
     <w:rsid w:val="00126864"/>
     <w:rsid w:val="00127A5E"/>
     <w:rsid w:val="00127A7F"/>
     <w:rsid w:val="001301FC"/>
     <w:rsid w:val="0013028C"/>
     <w:rsid w:val="00130CAD"/>
     <w:rsid w:val="0013136E"/>
     <w:rsid w:val="00131A3F"/>
     <w:rsid w:val="00131F64"/>
     <w:rsid w:val="00132779"/>
     <w:rsid w:val="00132E93"/>
     <w:rsid w:val="001330CE"/>
     <w:rsid w:val="00133BF6"/>
     <w:rsid w:val="001346CB"/>
     <w:rsid w:val="00134CCC"/>
     <w:rsid w:val="00135695"/>
     <w:rsid w:val="00135E04"/>
     <w:rsid w:val="00136122"/>
     <w:rsid w:val="00136511"/>
     <w:rsid w:val="0013691F"/>
     <w:rsid w:val="00137521"/>
     <w:rsid w:val="00137A75"/>
     <w:rsid w:val="00137ADA"/>
     <w:rsid w:val="00137FF1"/>
     <w:rsid w:val="00140ABD"/>
@@ -28039,50 +27850,51 @@
     <w:rsid w:val="001E36A2"/>
     <w:rsid w:val="001E4BC7"/>
     <w:rsid w:val="001E50A8"/>
     <w:rsid w:val="001E514A"/>
     <w:rsid w:val="001E6355"/>
     <w:rsid w:val="001E7582"/>
     <w:rsid w:val="001E76B3"/>
     <w:rsid w:val="001E7F97"/>
     <w:rsid w:val="001F075F"/>
     <w:rsid w:val="001F0CA9"/>
     <w:rsid w:val="001F18C5"/>
     <w:rsid w:val="001F2014"/>
     <w:rsid w:val="001F2675"/>
     <w:rsid w:val="001F3C90"/>
     <w:rsid w:val="001F45DD"/>
     <w:rsid w:val="001F5275"/>
     <w:rsid w:val="001F5444"/>
     <w:rsid w:val="001F5572"/>
     <w:rsid w:val="001F5F58"/>
     <w:rsid w:val="001F64B9"/>
     <w:rsid w:val="001F6E29"/>
     <w:rsid w:val="001F776D"/>
     <w:rsid w:val="0020179B"/>
     <w:rsid w:val="002026B0"/>
     <w:rsid w:val="002026B8"/>
+    <w:rsid w:val="002059F6"/>
     <w:rsid w:val="00206641"/>
     <w:rsid w:val="00206D73"/>
     <w:rsid w:val="00206E5F"/>
     <w:rsid w:val="00207754"/>
     <w:rsid w:val="0021128E"/>
     <w:rsid w:val="002126B9"/>
     <w:rsid w:val="00213076"/>
     <w:rsid w:val="00213319"/>
     <w:rsid w:val="00215318"/>
     <w:rsid w:val="002159AD"/>
     <w:rsid w:val="00215CB0"/>
     <w:rsid w:val="00217F33"/>
     <w:rsid w:val="0022155A"/>
     <w:rsid w:val="002215A1"/>
     <w:rsid w:val="00222019"/>
     <w:rsid w:val="0022284E"/>
     <w:rsid w:val="00222E64"/>
     <w:rsid w:val="00223085"/>
     <w:rsid w:val="0022461D"/>
     <w:rsid w:val="00226775"/>
     <w:rsid w:val="0023056D"/>
     <w:rsid w:val="00230752"/>
     <w:rsid w:val="002317AC"/>
     <w:rsid w:val="00231A2D"/>
     <w:rsid w:val="00231A78"/>
@@ -28148,50 +27960,51 @@
     <w:rsid w:val="00280AA2"/>
     <w:rsid w:val="00281053"/>
     <w:rsid w:val="0028195D"/>
     <w:rsid w:val="0028197C"/>
     <w:rsid w:val="0028257B"/>
     <w:rsid w:val="002833F6"/>
     <w:rsid w:val="00284877"/>
     <w:rsid w:val="00285F85"/>
     <w:rsid w:val="00286D22"/>
     <w:rsid w:val="0029068B"/>
     <w:rsid w:val="00292749"/>
     <w:rsid w:val="00292B5E"/>
     <w:rsid w:val="00292C8A"/>
     <w:rsid w:val="00293726"/>
     <w:rsid w:val="002946CB"/>
     <w:rsid w:val="0029488E"/>
     <w:rsid w:val="002948DD"/>
     <w:rsid w:val="00294DD7"/>
     <w:rsid w:val="002964EB"/>
     <w:rsid w:val="002968B3"/>
     <w:rsid w:val="00296F5E"/>
     <w:rsid w:val="002A085E"/>
     <w:rsid w:val="002A1E7E"/>
     <w:rsid w:val="002A3596"/>
     <w:rsid w:val="002A50B9"/>
+    <w:rsid w:val="002A50FD"/>
     <w:rsid w:val="002A5285"/>
     <w:rsid w:val="002A5A53"/>
     <w:rsid w:val="002A5C46"/>
     <w:rsid w:val="002A5F68"/>
     <w:rsid w:val="002A69A7"/>
     <w:rsid w:val="002B09DB"/>
     <w:rsid w:val="002B2CC9"/>
     <w:rsid w:val="002B3374"/>
     <w:rsid w:val="002B3416"/>
     <w:rsid w:val="002B3D88"/>
     <w:rsid w:val="002B53AC"/>
     <w:rsid w:val="002B79D0"/>
     <w:rsid w:val="002C0318"/>
     <w:rsid w:val="002C07EF"/>
     <w:rsid w:val="002C092A"/>
     <w:rsid w:val="002C0B5F"/>
     <w:rsid w:val="002C1317"/>
     <w:rsid w:val="002C1B53"/>
     <w:rsid w:val="002C32C3"/>
     <w:rsid w:val="002C343C"/>
     <w:rsid w:val="002C394A"/>
     <w:rsid w:val="002C407E"/>
     <w:rsid w:val="002C415B"/>
     <w:rsid w:val="002C4BE0"/>
     <w:rsid w:val="002C5695"/>
@@ -28677,50 +28490,51 @@
     <w:rsid w:val="005C3F46"/>
     <w:rsid w:val="005C4EDB"/>
     <w:rsid w:val="005C6A94"/>
     <w:rsid w:val="005C7645"/>
     <w:rsid w:val="005C7931"/>
     <w:rsid w:val="005D06CF"/>
     <w:rsid w:val="005D079B"/>
     <w:rsid w:val="005D0A58"/>
     <w:rsid w:val="005D0C0F"/>
     <w:rsid w:val="005D1CEE"/>
     <w:rsid w:val="005D2795"/>
     <w:rsid w:val="005D33B9"/>
     <w:rsid w:val="005D4594"/>
     <w:rsid w:val="005D4EC4"/>
     <w:rsid w:val="005D4F39"/>
     <w:rsid w:val="005D545D"/>
     <w:rsid w:val="005D5488"/>
     <w:rsid w:val="005D6C48"/>
     <w:rsid w:val="005D6EDC"/>
     <w:rsid w:val="005D79FA"/>
     <w:rsid w:val="005E0328"/>
     <w:rsid w:val="005E04C8"/>
     <w:rsid w:val="005E08A0"/>
     <w:rsid w:val="005E08B1"/>
     <w:rsid w:val="005E0964"/>
+    <w:rsid w:val="005E13A2"/>
     <w:rsid w:val="005E1830"/>
     <w:rsid w:val="005E2D62"/>
     <w:rsid w:val="005E3BFA"/>
     <w:rsid w:val="005E4B34"/>
     <w:rsid w:val="005E5BBE"/>
     <w:rsid w:val="005E7670"/>
     <w:rsid w:val="005F015D"/>
     <w:rsid w:val="005F11A6"/>
     <w:rsid w:val="005F397F"/>
     <w:rsid w:val="005F4457"/>
     <w:rsid w:val="005F5247"/>
     <w:rsid w:val="005F66E6"/>
     <w:rsid w:val="006002B8"/>
     <w:rsid w:val="0060279C"/>
     <w:rsid w:val="0060297E"/>
     <w:rsid w:val="00602A06"/>
     <w:rsid w:val="006036A0"/>
     <w:rsid w:val="00604368"/>
     <w:rsid w:val="0060523B"/>
     <w:rsid w:val="00607B72"/>
     <w:rsid w:val="0061048D"/>
     <w:rsid w:val="006117A4"/>
     <w:rsid w:val="006144FE"/>
     <w:rsid w:val="00614CFF"/>
     <w:rsid w:val="00615E51"/>
@@ -28893,93 +28707,95 @@
     <w:rsid w:val="00721CB1"/>
     <w:rsid w:val="00722681"/>
     <w:rsid w:val="00723139"/>
     <w:rsid w:val="00723985"/>
     <w:rsid w:val="00723D83"/>
     <w:rsid w:val="007241B5"/>
     <w:rsid w:val="00724F01"/>
     <w:rsid w:val="007254C5"/>
     <w:rsid w:val="00725AC8"/>
     <w:rsid w:val="00726997"/>
     <w:rsid w:val="007272CB"/>
     <w:rsid w:val="007276B0"/>
     <w:rsid w:val="007276E0"/>
     <w:rsid w:val="0073107E"/>
     <w:rsid w:val="00732082"/>
     <w:rsid w:val="007327FE"/>
     <w:rsid w:val="00735433"/>
     <w:rsid w:val="00736479"/>
     <w:rsid w:val="00737892"/>
     <w:rsid w:val="00741337"/>
     <w:rsid w:val="00742622"/>
     <w:rsid w:val="007437A2"/>
     <w:rsid w:val="00743A67"/>
     <w:rsid w:val="00744B56"/>
     <w:rsid w:val="00746858"/>
+    <w:rsid w:val="00746A7B"/>
     <w:rsid w:val="00746DF2"/>
     <w:rsid w:val="00751BB2"/>
     <w:rsid w:val="00752116"/>
     <w:rsid w:val="007522A1"/>
     <w:rsid w:val="00752AC9"/>
     <w:rsid w:val="00753DCC"/>
     <w:rsid w:val="007543AB"/>
     <w:rsid w:val="007543BE"/>
     <w:rsid w:val="007547E9"/>
     <w:rsid w:val="00755EB9"/>
     <w:rsid w:val="0076249D"/>
     <w:rsid w:val="007647CF"/>
     <w:rsid w:val="00764C0F"/>
     <w:rsid w:val="007665D7"/>
     <w:rsid w:val="00767660"/>
     <w:rsid w:val="00767928"/>
     <w:rsid w:val="00773B9B"/>
     <w:rsid w:val="00774592"/>
     <w:rsid w:val="00774DCB"/>
     <w:rsid w:val="00774DF7"/>
     <w:rsid w:val="00775605"/>
     <w:rsid w:val="00775878"/>
     <w:rsid w:val="00775913"/>
     <w:rsid w:val="00775B79"/>
     <w:rsid w:val="00775E67"/>
     <w:rsid w:val="007766DE"/>
     <w:rsid w:val="00776E3E"/>
     <w:rsid w:val="0078039A"/>
     <w:rsid w:val="00780E0E"/>
     <w:rsid w:val="0078111E"/>
     <w:rsid w:val="007812E3"/>
     <w:rsid w:val="00781A7A"/>
     <w:rsid w:val="007821E1"/>
     <w:rsid w:val="00783624"/>
     <w:rsid w:val="0078438F"/>
     <w:rsid w:val="00784CAC"/>
     <w:rsid w:val="00785BEA"/>
     <w:rsid w:val="00785CE0"/>
     <w:rsid w:val="00787829"/>
     <w:rsid w:val="007905AA"/>
     <w:rsid w:val="00791A48"/>
     <w:rsid w:val="00791B29"/>
     <w:rsid w:val="00791F7A"/>
+    <w:rsid w:val="00792F58"/>
     <w:rsid w:val="00793545"/>
     <w:rsid w:val="0079521B"/>
     <w:rsid w:val="0079570C"/>
     <w:rsid w:val="007959A2"/>
     <w:rsid w:val="0079630D"/>
     <w:rsid w:val="007A0473"/>
     <w:rsid w:val="007A0F71"/>
     <w:rsid w:val="007A1FCB"/>
     <w:rsid w:val="007A2694"/>
     <w:rsid w:val="007A329E"/>
     <w:rsid w:val="007A3405"/>
     <w:rsid w:val="007A5662"/>
     <w:rsid w:val="007A5B63"/>
     <w:rsid w:val="007A6147"/>
     <w:rsid w:val="007A6C9B"/>
     <w:rsid w:val="007A6EEC"/>
     <w:rsid w:val="007A6F97"/>
     <w:rsid w:val="007A781E"/>
     <w:rsid w:val="007B07AB"/>
     <w:rsid w:val="007B3862"/>
     <w:rsid w:val="007B3B6E"/>
     <w:rsid w:val="007B50DD"/>
     <w:rsid w:val="007B5D0A"/>
     <w:rsid w:val="007B671F"/>
     <w:rsid w:val="007C12FE"/>
@@ -29046,50 +28862,51 @@
     <w:rsid w:val="00816C89"/>
     <w:rsid w:val="008174E3"/>
     <w:rsid w:val="008176D4"/>
     <w:rsid w:val="00817DE5"/>
     <w:rsid w:val="00820009"/>
     <w:rsid w:val="0082133A"/>
     <w:rsid w:val="00821380"/>
     <w:rsid w:val="00822540"/>
     <w:rsid w:val="008227AD"/>
     <w:rsid w:val="00822F10"/>
     <w:rsid w:val="00823AB4"/>
     <w:rsid w:val="00823DE8"/>
     <w:rsid w:val="00824D0A"/>
     <w:rsid w:val="00825F1D"/>
     <w:rsid w:val="00830170"/>
     <w:rsid w:val="00830754"/>
     <w:rsid w:val="00830F92"/>
     <w:rsid w:val="00832B84"/>
     <w:rsid w:val="00832D47"/>
     <w:rsid w:val="008337DE"/>
     <w:rsid w:val="008341D1"/>
     <w:rsid w:val="008358C5"/>
     <w:rsid w:val="00835B15"/>
     <w:rsid w:val="00836035"/>
     <w:rsid w:val="00837C43"/>
+    <w:rsid w:val="008404F0"/>
     <w:rsid w:val="00841773"/>
     <w:rsid w:val="00842337"/>
     <w:rsid w:val="00842635"/>
     <w:rsid w:val="0084278F"/>
     <w:rsid w:val="008434E7"/>
     <w:rsid w:val="00843F57"/>
     <w:rsid w:val="00844843"/>
     <w:rsid w:val="008453A1"/>
     <w:rsid w:val="008459C6"/>
     <w:rsid w:val="0085002D"/>
     <w:rsid w:val="008500A3"/>
     <w:rsid w:val="0085031F"/>
     <w:rsid w:val="00850651"/>
     <w:rsid w:val="0085201A"/>
     <w:rsid w:val="00855096"/>
     <w:rsid w:val="0085555D"/>
     <w:rsid w:val="00856000"/>
     <w:rsid w:val="0085660F"/>
     <w:rsid w:val="00857157"/>
     <w:rsid w:val="008576A7"/>
     <w:rsid w:val="008579F7"/>
     <w:rsid w:val="00860935"/>
     <w:rsid w:val="00860A89"/>
     <w:rsid w:val="0086190C"/>
     <w:rsid w:val="00861A0A"/>
@@ -29511,50 +29328,51 @@
     <w:rsid w:val="00AF7D67"/>
     <w:rsid w:val="00B00515"/>
     <w:rsid w:val="00B00805"/>
     <w:rsid w:val="00B0099C"/>
     <w:rsid w:val="00B00D35"/>
     <w:rsid w:val="00B01C03"/>
     <w:rsid w:val="00B02DC9"/>
     <w:rsid w:val="00B03022"/>
     <w:rsid w:val="00B037B4"/>
     <w:rsid w:val="00B04836"/>
     <w:rsid w:val="00B05C53"/>
     <w:rsid w:val="00B072D8"/>
     <w:rsid w:val="00B07692"/>
     <w:rsid w:val="00B10704"/>
     <w:rsid w:val="00B1125A"/>
     <w:rsid w:val="00B12672"/>
     <w:rsid w:val="00B12945"/>
     <w:rsid w:val="00B12A9F"/>
     <w:rsid w:val="00B12F5F"/>
     <w:rsid w:val="00B13381"/>
     <w:rsid w:val="00B148C2"/>
     <w:rsid w:val="00B14D02"/>
     <w:rsid w:val="00B204EE"/>
     <w:rsid w:val="00B212AB"/>
     <w:rsid w:val="00B21527"/>
+    <w:rsid w:val="00B2227F"/>
     <w:rsid w:val="00B2238D"/>
     <w:rsid w:val="00B223EB"/>
     <w:rsid w:val="00B24B64"/>
     <w:rsid w:val="00B24C28"/>
     <w:rsid w:val="00B256D4"/>
     <w:rsid w:val="00B26A7A"/>
     <w:rsid w:val="00B26B58"/>
     <w:rsid w:val="00B31EF9"/>
     <w:rsid w:val="00B31F8A"/>
     <w:rsid w:val="00B32028"/>
     <w:rsid w:val="00B33819"/>
     <w:rsid w:val="00B338F9"/>
     <w:rsid w:val="00B35268"/>
     <w:rsid w:val="00B35EDF"/>
     <w:rsid w:val="00B36B30"/>
     <w:rsid w:val="00B37455"/>
     <w:rsid w:val="00B40D09"/>
     <w:rsid w:val="00B41100"/>
     <w:rsid w:val="00B4161D"/>
     <w:rsid w:val="00B4457A"/>
     <w:rsid w:val="00B44AEA"/>
     <w:rsid w:val="00B4630F"/>
     <w:rsid w:val="00B47B3A"/>
     <w:rsid w:val="00B47B77"/>
     <w:rsid w:val="00B501CE"/>
@@ -29575,50 +29393,51 @@
     <w:rsid w:val="00B56079"/>
     <w:rsid w:val="00B5668E"/>
     <w:rsid w:val="00B56FD1"/>
     <w:rsid w:val="00B574AA"/>
     <w:rsid w:val="00B57741"/>
     <w:rsid w:val="00B579CF"/>
     <w:rsid w:val="00B57E25"/>
     <w:rsid w:val="00B57E33"/>
     <w:rsid w:val="00B60ABC"/>
     <w:rsid w:val="00B6347E"/>
     <w:rsid w:val="00B6364A"/>
     <w:rsid w:val="00B63741"/>
     <w:rsid w:val="00B63908"/>
     <w:rsid w:val="00B63FC1"/>
     <w:rsid w:val="00B64134"/>
     <w:rsid w:val="00B64285"/>
     <w:rsid w:val="00B64422"/>
     <w:rsid w:val="00B657FF"/>
     <w:rsid w:val="00B65B3E"/>
     <w:rsid w:val="00B674F1"/>
     <w:rsid w:val="00B70FF1"/>
     <w:rsid w:val="00B7121D"/>
     <w:rsid w:val="00B7152C"/>
     <w:rsid w:val="00B72411"/>
     <w:rsid w:val="00B72B2A"/>
+    <w:rsid w:val="00B73074"/>
     <w:rsid w:val="00B73A15"/>
     <w:rsid w:val="00B73E9C"/>
     <w:rsid w:val="00B741DC"/>
     <w:rsid w:val="00B74F27"/>
     <w:rsid w:val="00B75626"/>
     <w:rsid w:val="00B75BEF"/>
     <w:rsid w:val="00B7602A"/>
     <w:rsid w:val="00B80297"/>
     <w:rsid w:val="00B80447"/>
     <w:rsid w:val="00B805D0"/>
     <w:rsid w:val="00B818EA"/>
     <w:rsid w:val="00B82509"/>
     <w:rsid w:val="00B83722"/>
     <w:rsid w:val="00B83F0F"/>
     <w:rsid w:val="00B86757"/>
     <w:rsid w:val="00B86DCF"/>
     <w:rsid w:val="00B8712C"/>
     <w:rsid w:val="00B87F60"/>
     <w:rsid w:val="00B908F4"/>
     <w:rsid w:val="00B90E78"/>
     <w:rsid w:val="00B917FE"/>
     <w:rsid w:val="00B91F31"/>
     <w:rsid w:val="00B92582"/>
     <w:rsid w:val="00B92C1A"/>
     <w:rsid w:val="00B933F9"/>
@@ -30333,64 +30152,64 @@
     <w:rsid w:val="00FF22A1"/>
     <w:rsid w:val="00FF2478"/>
     <w:rsid w:val="00FF27B0"/>
     <w:rsid w:val="00FF4937"/>
     <w:rsid w:val="00FF5477"/>
     <w:rsid w:val="00FF6124"/>
     <w:rsid w:val="00FF70EA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="09C5C5EE"/>
   <w15:docId w15:val="{F876395A-AE3C-42D0-A39D-8A693F339A33}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -32137,55 +31956,67 @@
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00067E00"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000A47D3"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A50FD"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="129783578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="595481268">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -32499,51 +32330,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2100564971">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Documents%20and%20Settings/om166585/Local%20Settings/Temporary%20Internet%20Files/je126730/AppData/Roaming/Microsoft/Version%203/ISP/www.waspi.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.org/Documents/702/ISP%20Guidance%20Dec%2010.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.gov.wales" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -32802,180 +32633,221 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...21 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fb607282-44d8-4ca5-afc6-a886f12e8bd7" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100247F7B2BB5C2024DA87A4D7D42DE56BA" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69ff8afc6304a8f8741ca538a3b26a1a">
-[...2 lines deleted...]
-    <xsd:import namespace="f0640247-7968-40b8-8f1f-24af7619a3b6"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B128E63DCD10A4D9E8CE266869C4385" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="783afb44950100633af95cedb6879e94">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" xmlns:ns3="fb607282-44d8-4ca5-afc6-a886f12e8bd7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cf6e89fe487a2c359ea91b2eede27a8a" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <xsd:import namespace="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8fbb6308-131a-4932-a629-28de17df74cf" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="23" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="24" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
-[...11 lines deleted...]
-    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
-[...4 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cefaef41-70dc-4075-804e-d4e4dbdaeee0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f0640247-7968-40b8-8f1f-24af7619a3b6" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fb607282-44d8-4ca5-afc6-a886f12e8bd7" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="13" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{864ace36-3939-4d82-83ca-4d7c4de1abcb}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fb607282-44d8-4ca5-afc6-a886f12e8bd7">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
@@ -33039,124 +32911,127 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{812C0663-049F-4820-B3DD-8CEECBBBC273}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECCFB36F-6FBA-43F4-953A-2C1499F1B1A5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71A8A77A-1964-46B1-AF18-8653A0D398F0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="f0640247-7968-40b8-8f1f-24af7619a3b6"/>
+    <ds:schemaRef ds:uri="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECCFB36F-6FBA-43F4-953A-2C1499F1B1A5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{812C0663-049F-4820-B3DD-8CEECBBBC273}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{599D58AD-CD3E-4D77-9658-172782BFF71C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0A96682-AFE3-43E2-9AA6-EF35B9DF3B8E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="8fbb6308-131a-4932-a629-28de17df74cf"/>
-    <ds:schemaRef ds:uri="f0640247-7968-40b8-8f1f-24af7619a3b6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
-  <Words>4808</Words>
-  <Characters>27410</Characters>
+  <Words>4896</Words>
+  <Characters>27173</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>228</Lines>
-  <Paragraphs>64</Paragraphs>
+  <Lines>754</Lines>
+  <Paragraphs>356</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Template ISP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NWIS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32154</CharactersWithSpaces>
+  <CharactersWithSpaces>31713</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="120" baseType="variant">
       <vt:variant>
         <vt:i4>1376318</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>110</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc378671225</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1376318</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -33504,29 +33379,35 @@
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Template ISP</dc:title>
   <dc:subject>Information Sharing</dc:subject>
   <dc:creator>WASPI Support Team</dc:creator>
   <cp:keywords>ISP</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:contentStatus>V2</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x010100247F7B2BB5C2024DA87A4D7D42DE56BA</vt:lpwstr>
+    <vt:lpwstr>0x0101005B128E63DCD10A4D9E8CE266869C4385</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
   </property>
 </Properties>
 </file>