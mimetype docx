--- v0 (2025-10-12)
+++ v1 (2026-01-30)
@@ -14,51 +14,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="72DBF8C8" w14:textId="1D38D2EC" w:rsidR="00720C7F" w:rsidRDefault="00720C7F" w:rsidP="00340E23">
       <w:pPr>
         <w:pStyle w:val="MainHeading"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BE405B1" w14:textId="77777777" w:rsidR="00720C7F" w:rsidRDefault="00720C7F" w:rsidP="00340E23">
       <w:pPr>
         <w:pStyle w:val="MainHeading"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75BB5866" w14:textId="77777777" w:rsidR="00720C7F" w:rsidRDefault="00720C7F" w:rsidP="00340E23">
       <w:pPr>
         <w:pStyle w:val="MainHeading"/>
         <w:jc w:val="center"/>
@@ -1101,186 +1101,196 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Further information on how a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Joint Controller Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0B7A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be developed is contained within the</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53902EAE" w14:textId="30240604" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="00000000" w:rsidP="003D63D7">
+    <w:p w14:paraId="53902EAE" w14:textId="10502260" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="008218B9" w:rsidP="003D63D7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="003D63D7" w:rsidRPr="00FE0B7A">
+        <w:r w:rsidR="003D63D7" w:rsidRPr="008218B9">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
-            <w:color w:val="2F5496"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
-          <w:t xml:space="preserve">Guide on the Development of a </w:t>
+          <w:t>Guide on the Developm</w:t>
+        </w:r>
+        <w:r w:rsidR="003D63D7" w:rsidRPr="008218B9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:b/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
+        <w:r w:rsidR="003D63D7" w:rsidRPr="008218B9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:b/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+          </w:rPr>
+          <w:t>nt of a Joint Controller Agreement</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003D63D7">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="5D5BB3FB" w14:textId="77777777" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="003D63D7" w:rsidP="003D63D7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22149E2B" w14:textId="77777777" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="003D63D7" w:rsidP="003D63D7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="-38" w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0B7A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Further guidance may be sought from the </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C04A660" w14:textId="77777777" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="003D63D7" w:rsidP="003D63D7">
+    <w:p w14:paraId="0C04A660" w14:textId="47487675" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="003D63D7" w:rsidP="003D63D7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="AC1919"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0B7A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>WASPI Service Integration and Development Team at:</w:t>
+        <w:t>WASPI Service at:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0B7A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="00FE0B7A">
+        <w:r w:rsidR="00B75EC8" w:rsidRPr="005468BE">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:bCs/>
-            <w:color w:val="AC1919"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
-          <w:t>www.waspi.org</w:t>
+          <w:t>www.waspi.gov.wales</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="296F60AE" w14:textId="77777777" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="003D63D7" w:rsidP="003D63D7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="AC1919"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30DCC8B5" w14:textId="77777777" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="003D63D7" w:rsidP="003D63D7">
@@ -1851,2657 +1861,2657 @@
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E5C6238" w14:textId="4419E668" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7E5C6238" w14:textId="4419E668" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744097" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Introduction</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744097 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3931060A" w14:textId="39F0711F" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3931060A" w14:textId="39F0711F" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744098" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Purpose</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744098 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="28C185AD" w14:textId="25E87F47" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="28C185AD" w14:textId="25E87F47" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744099" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>The Joint Controller Partner Organisations and Responsibilities</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744099 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="233201BC" w14:textId="0AD520EF" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="233201BC" w14:textId="0AD520EF" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744100" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Commencement and Duration</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744100 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50795280" w14:textId="71C82FA7" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="50795280" w14:textId="71C82FA7" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744101" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Specific Organisational / Partner Obligations</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744101 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="595EE419" w14:textId="09D4796F" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="595EE419" w14:textId="09D4796F" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744102" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Data breaches, complaints and investigations</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744102 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="286166A1" w14:textId="245543C4" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="286166A1" w14:textId="245543C4" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744103" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Legislative / Statutory Powers</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744103 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3BAAF645" w14:textId="0DFA9E39" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3BAAF645" w14:textId="0DFA9E39" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744104" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Data Protection Principles, Accountability and Demonstrating Data Protection Compliance</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744104 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="28B68F5B" w14:textId="49C153C5" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="28B68F5B" w14:textId="49C153C5" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744105" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Data Subjects’ Rights and Privacy Information</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744105 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7EA66B2C" w14:textId="2B270669" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7EA66B2C" w14:textId="2B270669" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744106" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Information security</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744106 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="516A8460" w14:textId="1F06660D" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="516A8460" w14:textId="1F06660D" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744107" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Data Retention and Deletion</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744107 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E65276B" w14:textId="79585081" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7E65276B" w14:textId="79585081" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744108" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>International transfers of personal data</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744108 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="09A63E31" w14:textId="6D6201E3" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="09A63E31" w14:textId="6D6201E3" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744109" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Governance and decision making</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744109 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49AC9D44" w14:textId="027ACF62" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="49AC9D44" w14:textId="027ACF62" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744110" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Variation</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744110 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E1A0DC5" w14:textId="0E204236" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7E1A0DC5" w14:textId="0E204236" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744111" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Termination</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744111 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="488F3720" w14:textId="6D4EF209" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="488F3720" w14:textId="6D4EF209" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744112" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Liability</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744112 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3942AA81" w14:textId="394FD165" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3942AA81" w14:textId="394FD165" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744113" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Dispute Resolution</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744113 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D93F592" w14:textId="204DFF31" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4D93F592" w14:textId="204DFF31" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744114" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>General</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744114 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4040D2A8" w14:textId="4A038346" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4040D2A8" w14:textId="4A038346" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744115" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Appendix A – Glossary of Terms</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744115 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="11DE5119" w14:textId="0734282A" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="11DE5119" w14:textId="0734282A" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744116" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>21</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Appendix B – Lawful basis/es</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744116 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="18D9EC4C" w14:textId="4755F420" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="18D9EC4C" w14:textId="4755F420" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744117" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>22</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Appendix C – Governance and decision making</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744117 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0464F891" w14:textId="3F990151" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0464F891" w14:textId="3F990151" w:rsidR="007F0D13" w:rsidRPr="007F0D13" w:rsidRDefault="007F0D13">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161744119" w:history="1">
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>23</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Appendix D – Signatories</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161744119 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="007F0D13" w:rsidRPr="007F0D13">
+        <w:r w:rsidRPr="007F0D13">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:webHidden/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="34694BD8" w14:textId="30A093F1" w:rsidR="00E73278" w:rsidRPr="00E04ADB" w:rsidRDefault="00966EA4" w:rsidP="00E73278">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="624"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F0D13">
         <w:rPr>
@@ -5297,71 +5307,51 @@
               <w:ind w:left="32"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002955CF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">[To be completed - </w:t>
             </w:r>
             <w:r w:rsidRPr="00E04ADB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t xml:space="preserve">Examples </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Patients, service users, Staff (including volunteers, agents, and temporary workers), customers/ clients, suppliers, patients, students / pupils, members of the public, users of a particular website etc</w:t>
+              <w:t>Examples include: Patients, service users, Staff (including volunteers, agents, and temporary workers), customers/ clients, suppliers, patients, students / pupils, members of the public, users of a particular website etc</w:t>
             </w:r>
             <w:r w:rsidRPr="002955CF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B67001" w:rsidRPr="00CB1B2D" w14:paraId="4700F85F" w14:textId="77777777" w:rsidTr="00E04ADB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="352A609A" w14:textId="77777777" w:rsidR="00B67001" w:rsidRPr="00E04ADB" w:rsidRDefault="00B67001" w:rsidP="00E04ADB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -6622,67 +6612,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> agree to observe </w:t>
       </w:r>
       <w:r w:rsidR="00F83F7A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>all the obligations set out in this JCA and to comply with the data protection legislation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD644EF" w14:textId="2FDA7469" w:rsidR="00E9229D" w:rsidRDefault="00E9229D" w:rsidP="00FC1516">
       <w:pPr>
         <w:ind w:left="600" w:hanging="600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">This JCA does not replace any contractual arrangement as between the Parties or any requirements for data processing agreements or data sharing agreements with any </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> suppliers of any goods and/or services to deliver the </w:t>
+        <w:t xml:space="preserve">This JCA does not replace any contractual arrangement as between the Parties or any requirements for data processing agreements or data sharing agreements with any third party suppliers of any goods and/or services to deliver the </w:t>
       </w:r>
       <w:r w:rsidR="002955CF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Purpose</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="300ACA9D" w14:textId="2758EF43" w:rsidR="004D53CD" w:rsidRPr="00110C23" w:rsidRDefault="004D53CD" w:rsidP="004D53CD">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1540"/>
           <w:tab w:val="left" w:pos="2304"/>
         </w:tabs>
@@ -7226,51 +7200,50 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="46"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:hanging="694"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="097E88ED" w14:textId="5D0B48FF" w:rsidR="00725A66" w:rsidRPr="00C0523B" w:rsidRDefault="00725A66" w:rsidP="00B36F03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">[Insert organisation </w:t>
             </w:r>
             <w:r>
@@ -7345,51 +7318,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Specify roles not individual names</w:t>
             </w:r>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78F3AEB2" w14:textId="77777777" w:rsidR="00725A66" w:rsidRPr="00C0523B" w:rsidRDefault="00725A66" w:rsidP="00B36F03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>[Insert departments / divisions]</w:t>
             </w:r>
           </w:p>
@@ -7440,51 +7412,50 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="46"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:hanging="694"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09CA145A" w14:textId="2CF81C02" w:rsidR="00725A66" w:rsidRPr="00C0523B" w:rsidRDefault="00725A66" w:rsidP="00CC2DF2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -7570,51 +7541,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Specify roles not individual names</w:t>
             </w:r>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23556B76" w14:textId="77777777" w:rsidR="00725A66" w:rsidRPr="00C0523B" w:rsidRDefault="00725A66" w:rsidP="009A11AF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>[Insert departments / divisions]</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7663,51 +7633,50 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="46"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:hanging="694"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BAE33E9" w14:textId="4074E874" w:rsidR="00725A66" w:rsidRPr="00C0523B" w:rsidRDefault="00725A66" w:rsidP="009A11AF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7746,51 +7715,50 @@
           </w:tcPr>
           <w:p w14:paraId="050A27E6" w14:textId="77777777" w:rsidR="00725A66" w:rsidRPr="00C0523B" w:rsidRDefault="00725A66" w:rsidP="00E17367">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71A94325" w14:textId="77777777" w:rsidR="00725A66" w:rsidRPr="00C0523B" w:rsidRDefault="00725A66" w:rsidP="00E17367">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -8219,67 +8187,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6C04">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>JCA</w:t>
       </w:r>
       <w:r w:rsidRPr="009B6C04">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall commence on the Commencement Date and shall continue in force until </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> in accordance with clause </w:t>
+        <w:t xml:space="preserve"> shall commence on the Commencement Date and shall continue in force until brought to an end in accordance with clause </w:t>
       </w:r>
       <w:r w:rsidR="009B6C6C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="009B6C04">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or until the termination or expiry of the </w:t>
       </w:r>
       <w:r w:rsidR="002955CF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Purpose</w:t>
       </w:r>
       <w:r w:rsidRPr="009B6C04">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -9941,67 +9893,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Additionally, a</w:t>
       </w:r>
       <w:r w:rsidR="00AE40A2" w:rsidRPr="004275F3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ccountability is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>another</w:t>
       </w:r>
       <w:r w:rsidR="00AE40A2" w:rsidRPr="004275F3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> key </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> in data protection law</w:t>
+        <w:t xml:space="preserve"> key principles in data protection law</w:t>
       </w:r>
       <w:r w:rsidR="00D026B1" w:rsidRPr="004275F3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Parties are responsible for complying with the legislation </w:t>
       </w:r>
       <w:r w:rsidR="00250406" w:rsidRPr="004275F3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and must be able to demonstrate their compliance.</w:t>
       </w:r>
       <w:r w:rsidR="00111849" w:rsidRPr="004275F3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Each Party is responsible</w:t>
       </w:r>
       <w:r w:rsidR="00B73ED5" w:rsidRPr="004275F3">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -10315,67 +10251,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A DPIA to identify the purpose and nature of processing activities as joint or sole controllers, and the legal bases for processing and sharing </w:t>
       </w:r>
       <w:r w:rsidR="00C564D0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Shared Personal Data</w:t>
       </w:r>
       <w:r w:rsidR="002D6B8C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, where the processing is likely to result in a high risk to the rights and freedoms of individuals, or where parties agree that a DPIA is required</w:t>
       </w:r>
       <w:r w:rsidR="00D639E1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (or an assessment of </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> processing)</w:t>
+        <w:t xml:space="preserve"> (or an assessment of high risk processing)</w:t>
       </w:r>
       <w:r w:rsidR="007F0D13">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7DCD5F" w14:textId="0A376DDC" w:rsidR="009244D9" w:rsidRPr="004275F3" w:rsidRDefault="009244D9" w:rsidP="004D53CD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -11445,67 +11365,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004275F3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Parties will have in place policies and procedures to uphold the confidentiality, integrity and availability of personal information with specific reference to the retention, storage and disposal of records. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22E242DC" w14:textId="1F3CDC2D" w:rsidR="000E18ED" w:rsidRPr="000E18ED" w:rsidRDefault="000E18ED" w:rsidP="000E18ED">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E18ED">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Each Party shall ensure, within its own organisation, that there is no disclosure of Personal Data to any person (including the Party’s own Staff who are not Authorised </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> including other Parties as well as third parties) where such disclosure would be in breach of any duty of confidence.</w:t>
+        <w:t>Each Party shall ensure, within its own organisation, that there is no disclosure of Personal Data to any person (including the Party’s own Staff who are not Authorised Users, and including other Parties as well as third parties) where such disclosure would be in breach of any duty of confidence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000E18ED">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Each Party shall ensure that the Processing of the Shared Personal Data is only performed by that Party’s Authorised Users and that such Authorised Users have received appropriate training.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07CD636A" w14:textId="56125480" w:rsidR="007029D3" w:rsidRPr="004275F3" w:rsidRDefault="00E26F70" w:rsidP="00E26F70">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004275F3">
@@ -12408,61 +12312,52 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="471D4A76" w14:textId="53D5FC85" w:rsidR="000F4993" w:rsidRPr="000F4993" w:rsidRDefault="00EE1768" w:rsidP="000F4993">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE1768">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Data Subject rights or any statutory duties or obligations incurred under Data Protection Legislation by any Party to this</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> JCA</w:t>
+      </w:r>
       <w:r w:rsidRPr="00EE1768">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and which survive the expiry or termination of this Agreement will continue after expiry or termination.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5454F981" w14:textId="2A76E8D7" w:rsidR="00D904DC" w:rsidRPr="004275F3" w:rsidRDefault="009B6C04" w:rsidP="004275F3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="600"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="120"/>
         <w:ind w:hanging="1224"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc161744112"/>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
@@ -12846,140 +12741,136 @@
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC315D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Definition </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A1E26" w:rsidRPr="00DD786E" w14:paraId="200CA707" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="984"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57169BB5" w14:textId="043F7BF4" w:rsidR="007A1E26" w:rsidRPr="007A1E26" w:rsidRDefault="007A1E26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="57" w:name="_Hlk160991633"/>
             <w:r w:rsidRPr="007A1E26">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Agree</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">d Sharing Mechanism </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7974" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19605795" w14:textId="510B7285" w:rsidR="007A1E26" w:rsidRPr="007A1E26" w:rsidRDefault="007A1E26" w:rsidP="00AF7F68">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Means the technical measures described in the Front Sheet, being the means by which the Parties shall transmit Shared Personal Data between each other. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A1E26" w:rsidRPr="00DD786E" w14:paraId="645F36FD" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="715"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45DC6332" w14:textId="180F4214" w:rsidR="007A1E26" w:rsidRPr="007A1E26" w:rsidRDefault="007A1E26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="58" w:name="_Hlk160991532"/>
             <w:bookmarkEnd w:id="57"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Agreement Administrator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7974" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32D65A9E" w14:textId="39404E90" w:rsidR="007A1E26" w:rsidRPr="007A1E26" w:rsidRDefault="007A1E26" w:rsidP="00713D2F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB1B2D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> individual appointed by the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12994,76 +12885,74 @@
               <w:t xml:space="preserve"> to be responsible for administering this </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>JCA</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB1B2D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> for and on behalf of the Parties.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="58"/>
       <w:tr w:rsidR="007A1E26" w:rsidRPr="00DD786E" w14:paraId="40720923" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6512AF1E" w14:textId="5BF319D0" w:rsidR="007A1E26" w:rsidRPr="007A1E26" w:rsidRDefault="007A1E26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Authorised User </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7974" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51FBEA66" w14:textId="1E53405A" w:rsidR="007A1E26" w:rsidRPr="007A1E26" w:rsidRDefault="007A1E26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="59" w:name="_Hlk160991588"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="007A1E26">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>eans, in relation to each Party, each member of its Staff who:</w:t>
@@ -13103,218 +12992,212 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">b) </w:t>
             </w:r>
             <w:r w:rsidRPr="007A1E26">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>is authorised by that Party to Process the relevant Shared Personal Data for the purposes stated in such Privacy Notices;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="59"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946B26" w:rsidRPr="00DD786E" w14:paraId="26EC8880" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1068"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7163CFCF" w14:textId="10F8D00E" w:rsidR="00946B26" w:rsidRDefault="00946B26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Controller</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7974" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D281CFB" w14:textId="4440F1EB" w:rsidR="00946B26" w:rsidRDefault="00D215C5" w:rsidP="00D215C5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Has the meaning given to it in the UK GDPR. </w:t>
             </w:r>
             <w:r w:rsidRPr="00D215C5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Controllers are the main decision-makers</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D215C5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>they exercise overall control over the purposes and means of the processing of personal data.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946B26" w:rsidRPr="00DD786E" w14:paraId="7E5CCC22" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="679"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3130B9B4" w14:textId="6093839D" w:rsidR="00946B26" w:rsidRDefault="00946B26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Data Discloser </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7974" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3550F892" w14:textId="2F74BFAD" w:rsidR="00946B26" w:rsidRDefault="00946B26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="00946B26">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>eans a Party who makes available any Shared Personal Data to another Party</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946B26" w:rsidRPr="00DD786E" w14:paraId="63ABC82E" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1000"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6219668D" w14:textId="4D0A81CD" w:rsidR="00946B26" w:rsidRDefault="00946B26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00946B26">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Data Protection Impact Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7974" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="038014D4" w14:textId="23E6B60F" w:rsidR="00946B26" w:rsidRDefault="00946B26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="00946B26">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">eans, for each Party, its completed data protection impact assessment as prepared by it in accordance with </w:t>
             </w:r>
@@ -14157,67 +14040,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1E200133" w14:textId="178A7407" w:rsidR="00887FA1" w:rsidRPr="009A504D" w:rsidRDefault="00887FA1" w:rsidP="00670217">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="en-GB"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidRPr="00887FA1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">as the meaning given to it in the UK GDPR and </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> any breach of Article 5(1)(f) (the integrity and confidentiality principle) of the UK GDPR</w:t>
+              <w:t>as the meaning given to it in the UK GDPR and includes also any breach of Article 5(1)(f) (the integrity and confidentiality principle) of the UK GDPR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00560871" w:rsidRPr="00DD786E" w14:paraId="1ADC1D81" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="205ED808" w14:textId="44651782" w:rsidR="00560871" w:rsidRPr="009A504D" w:rsidRDefault="007A1E26" w:rsidP="00670217">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -14366,67 +14233,51 @@
                 <w:b/>
                 <w:color w:val="221E1F"/>
               </w:rPr>
               <w:t>Personal information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7974" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67D88D6C" w14:textId="77777777" w:rsidR="00670217" w:rsidRPr="009A504D" w:rsidRDefault="00670217" w:rsidP="00670217">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="221E1F"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A504D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="221E1F"/>
               </w:rPr>
-              <w:t xml:space="preserve">Includes information falling within the definition of ‘personal data’ and information about deceased individuals. Data protection legislation does not apply to information about deceased </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> but such information needs to be treated confidentially</w:t>
+              <w:t>Includes information falling within the definition of ‘personal data’ and information about deceased individuals. Data protection legislation does not apply to information about deceased individuals but such information needs to be treated confidentially</w:t>
             </w:r>
             <w:r w:rsidR="00F25171" w:rsidRPr="009A504D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="221E1F"/>
               </w:rPr>
               <w:t xml:space="preserve"> and WASPI should be applied to this information.</w:t>
             </w:r>
             <w:r w:rsidRPr="009A504D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="221E1F"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D53CD" w:rsidRPr="00DD786E" w14:paraId="177B07DF" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
           <w:trHeight w:val="846"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
@@ -16374,67 +16225,51 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="135B0E03" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t xml:space="preserve">[This legal basis should only be relied upon by a foundation, association or any other not-for-profit body with a political, philosophical, religious or trade union </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> and the processing relates solely to members, former members, persons who have regular contract with it and the personal data is not disclosed outside of the body without consent of the data subjects]</w:t>
+              <w:t>[This legal basis should only be relied upon by a foundation, association or any other not-for-profit body with a political, philosophical, religious or trade union aim and the processing relates solely to members, former members, persons who have regular contract with it and the personal data is not disclosed outside of the body without consent of the data subjects]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005572D0" w14:paraId="7D19DB7F" w14:textId="77777777" w:rsidTr="005572D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41754BEF" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
@@ -18106,67 +17941,51 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>[You should have already selected either 35(2)(a) or 35(2)(b) above</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B2B7EDF" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t xml:space="preserve">These legal bases also </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> an Appropriate Policy Document, each organisation should meet this requirement prior to sharing.]</w:t>
+              <w:t>These legal bases also requires an Appropriate Policy Document, each organisation should meet this requirement prior to sharing.]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EAEF68C" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The Data Protection Act 2018, Part 3, Chapter 2, Section 35(3) outlines the legal bases for sharing sensitive / special categories of data for law enforcement purposes. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="393521EA" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
@@ -19983,72 +19802,72 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>tables</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE450D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> if required]</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EC60A7" w:rsidRPr="004D40DD" w:rsidSect="007F1A2C">
       <w:pgSz w:w="16840" w:h="11907" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1304" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="625FBC1E" w14:textId="77777777" w:rsidR="007F1A2C" w:rsidRDefault="007F1A2C">
+    <w:p w14:paraId="2486CA7E" w14:textId="77777777" w:rsidR="00B3309C" w:rsidRDefault="00B3309C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DC0AD48" w14:textId="77777777" w:rsidR="007F1A2C" w:rsidRDefault="007F1A2C"/>
+    <w:p w14:paraId="621304A9" w14:textId="77777777" w:rsidR="00B3309C" w:rsidRDefault="00B3309C"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="111395CF" w14:textId="77777777" w:rsidR="007F1A2C" w:rsidRDefault="007F1A2C">
+    <w:p w14:paraId="2B3EF88E" w14:textId="77777777" w:rsidR="00B3309C" w:rsidRDefault="00B3309C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3766D268" w14:textId="77777777" w:rsidR="007F1A2C" w:rsidRDefault="007F1A2C"/>
+    <w:p w14:paraId="29D22426" w14:textId="77777777" w:rsidR="00B3309C" w:rsidRDefault="00B3309C"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -20104,84 +19923,84 @@
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times (W1)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
-    <w:panose1 w:val="020B0704020202020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47189CB7" w14:textId="110F019C" w:rsidR="00491228" w:rsidRPr="00371FDF" w:rsidRDefault="002955CF" w:rsidP="00371FDF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07BD7CEA" wp14:editId="49CB41FC">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>4865744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-880742</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2408341" cy="1445005"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
@@ -20219,51 +20038,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="539A5119" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228" w:rsidP="00571C30">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="62261F18" w14:textId="6B11652A" w:rsidR="00491228" w:rsidRDefault="00491228" w:rsidP="00571C30">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
@@ -20320,51 +20139,51 @@
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="6B83D4F3" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228" w:rsidP="00571C30">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="624" w:hanging="624"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="136B0E23" w14:textId="1EC47246" w:rsidR="00491228" w:rsidRDefault="00491228" w:rsidP="00571C30">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
@@ -20410,142 +20229,142 @@
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="0D0A1F0C" w14:textId="77777777" w:rsidR="00491228" w:rsidRPr="00571C30" w:rsidRDefault="00491228" w:rsidP="008F171B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="561FBF30" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228" w:rsidP="0027683F">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="624"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3CBA15B3" w14:textId="77777777" w:rsidR="007F1A2C" w:rsidRDefault="007F1A2C">
+    <w:p w14:paraId="08692E71" w14:textId="77777777" w:rsidR="00B3309C" w:rsidRDefault="00B3309C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49DF4E17" w14:textId="77777777" w:rsidR="007F1A2C" w:rsidRDefault="007F1A2C"/>
+    <w:p w14:paraId="4627571A" w14:textId="77777777" w:rsidR="00B3309C" w:rsidRDefault="00B3309C"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C1AD3D9" w14:textId="77777777" w:rsidR="007F1A2C" w:rsidRDefault="007F1A2C">
+    <w:p w14:paraId="7793DDF2" w14:textId="77777777" w:rsidR="00B3309C" w:rsidRDefault="00B3309C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C3E218B" w14:textId="77777777" w:rsidR="007F1A2C" w:rsidRDefault="007F1A2C"/>
+    <w:p w14:paraId="7EB67A88" w14:textId="77777777" w:rsidR="00B3309C" w:rsidRDefault="00B3309C"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="746A8CF8" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228" w:rsidP="004D53CD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1743CF11" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="227E266E" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228"/>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79B82FB7" w14:textId="77777777" w:rsidR="00491228" w:rsidRPr="008D3154" w:rsidRDefault="00491228" w:rsidP="008D3154">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="14601"/>
       </w:tabs>
       <w:ind w:left="624" w:hanging="624"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="11558C1A" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228" w:rsidP="0027683F">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="624" w:hanging="624"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E3450FF" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="E7845843"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2E1F778"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -25864,54 +25683,54 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="347411377">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1687169737">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="1817842849">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -27010,50 +26829,51 @@
     <w:rsid w:val="005C4EDB"/>
     <w:rsid w:val="005C6A94"/>
     <w:rsid w:val="005C7645"/>
     <w:rsid w:val="005C7931"/>
     <w:rsid w:val="005D06CF"/>
     <w:rsid w:val="005D079B"/>
     <w:rsid w:val="005D0A58"/>
     <w:rsid w:val="005D0C0F"/>
     <w:rsid w:val="005D1CEE"/>
     <w:rsid w:val="005D2795"/>
     <w:rsid w:val="005D33B9"/>
     <w:rsid w:val="005D4594"/>
     <w:rsid w:val="005D4EC4"/>
     <w:rsid w:val="005D4F39"/>
     <w:rsid w:val="005D545D"/>
     <w:rsid w:val="005D5488"/>
     <w:rsid w:val="005D6C48"/>
     <w:rsid w:val="005D6EDC"/>
     <w:rsid w:val="005D79FA"/>
     <w:rsid w:val="005E0328"/>
     <w:rsid w:val="005E04C8"/>
     <w:rsid w:val="005E08A0"/>
     <w:rsid w:val="005E08B1"/>
     <w:rsid w:val="005E0964"/>
     <w:rsid w:val="005E1167"/>
+    <w:rsid w:val="005E13A2"/>
     <w:rsid w:val="005E1830"/>
     <w:rsid w:val="005E2D62"/>
     <w:rsid w:val="005E3BFA"/>
     <w:rsid w:val="005E4B34"/>
     <w:rsid w:val="005E5BBE"/>
     <w:rsid w:val="005E7670"/>
     <w:rsid w:val="005F015D"/>
     <w:rsid w:val="005F11A6"/>
     <w:rsid w:val="005F397F"/>
     <w:rsid w:val="005F4457"/>
     <w:rsid w:val="005F5247"/>
     <w:rsid w:val="005F66E6"/>
     <w:rsid w:val="006002B8"/>
     <w:rsid w:val="0060279C"/>
     <w:rsid w:val="0060297E"/>
     <w:rsid w:val="00602A06"/>
     <w:rsid w:val="006036A0"/>
     <w:rsid w:val="00604368"/>
     <w:rsid w:val="0060523B"/>
     <w:rsid w:val="00607B72"/>
     <w:rsid w:val="0061048D"/>
     <w:rsid w:val="006117A4"/>
     <w:rsid w:val="006144FE"/>
     <w:rsid w:val="00614CFF"/>
     <w:rsid w:val="00615E51"/>
@@ -27322,50 +27142,51 @@
     <w:rsid w:val="007A1E26"/>
     <w:rsid w:val="007A1FCB"/>
     <w:rsid w:val="007A2694"/>
     <w:rsid w:val="007A329E"/>
     <w:rsid w:val="007A3405"/>
     <w:rsid w:val="007A5662"/>
     <w:rsid w:val="007A5B63"/>
     <w:rsid w:val="007A6147"/>
     <w:rsid w:val="007A6C9B"/>
     <w:rsid w:val="007A6EEC"/>
     <w:rsid w:val="007A6F97"/>
     <w:rsid w:val="007A781E"/>
     <w:rsid w:val="007B07AB"/>
     <w:rsid w:val="007B3862"/>
     <w:rsid w:val="007B3B6E"/>
     <w:rsid w:val="007B4FE4"/>
     <w:rsid w:val="007B50DD"/>
     <w:rsid w:val="007B5D0A"/>
     <w:rsid w:val="007B671F"/>
     <w:rsid w:val="007C0F62"/>
     <w:rsid w:val="007C12FE"/>
     <w:rsid w:val="007C1945"/>
     <w:rsid w:val="007C1ADA"/>
     <w:rsid w:val="007C1AEB"/>
     <w:rsid w:val="007C23FF"/>
+    <w:rsid w:val="007C24A1"/>
     <w:rsid w:val="007C267B"/>
     <w:rsid w:val="007C3F56"/>
     <w:rsid w:val="007C5F4E"/>
     <w:rsid w:val="007C7F4D"/>
     <w:rsid w:val="007D1113"/>
     <w:rsid w:val="007D1450"/>
     <w:rsid w:val="007D1C37"/>
     <w:rsid w:val="007D1EAD"/>
     <w:rsid w:val="007D29DA"/>
     <w:rsid w:val="007D2D98"/>
     <w:rsid w:val="007D36B9"/>
     <w:rsid w:val="007D37DD"/>
     <w:rsid w:val="007D3D90"/>
     <w:rsid w:val="007D3F96"/>
     <w:rsid w:val="007D4A33"/>
     <w:rsid w:val="007D5F41"/>
     <w:rsid w:val="007D6AA1"/>
     <w:rsid w:val="007D6E9B"/>
     <w:rsid w:val="007D716E"/>
     <w:rsid w:val="007D7263"/>
     <w:rsid w:val="007E05C6"/>
     <w:rsid w:val="007E1001"/>
     <w:rsid w:val="007E27BC"/>
     <w:rsid w:val="007E2B53"/>
     <w:rsid w:val="007E2CA9"/>
@@ -27394,50 +27215,51 @@
     <w:rsid w:val="007F6607"/>
     <w:rsid w:val="007F6945"/>
     <w:rsid w:val="007F7C05"/>
     <w:rsid w:val="0080317F"/>
     <w:rsid w:val="008056D6"/>
     <w:rsid w:val="00806492"/>
     <w:rsid w:val="00806608"/>
     <w:rsid w:val="00807C31"/>
     <w:rsid w:val="00807F13"/>
     <w:rsid w:val="008108F2"/>
     <w:rsid w:val="00810F24"/>
     <w:rsid w:val="00811EAC"/>
     <w:rsid w:val="008123AE"/>
     <w:rsid w:val="0081314A"/>
     <w:rsid w:val="00813F08"/>
     <w:rsid w:val="008164AD"/>
     <w:rsid w:val="00816512"/>
     <w:rsid w:val="00816A15"/>
     <w:rsid w:val="00816C89"/>
     <w:rsid w:val="008174E3"/>
     <w:rsid w:val="008176D4"/>
     <w:rsid w:val="00817DE5"/>
     <w:rsid w:val="00820009"/>
     <w:rsid w:val="0082133A"/>
     <w:rsid w:val="00821380"/>
+    <w:rsid w:val="008218B9"/>
     <w:rsid w:val="00822540"/>
     <w:rsid w:val="008227AD"/>
     <w:rsid w:val="00822F10"/>
     <w:rsid w:val="00823AB4"/>
     <w:rsid w:val="00823DE8"/>
     <w:rsid w:val="00824D0A"/>
     <w:rsid w:val="00824E68"/>
     <w:rsid w:val="00825F1D"/>
     <w:rsid w:val="00830170"/>
     <w:rsid w:val="00830754"/>
     <w:rsid w:val="00830F92"/>
     <w:rsid w:val="0083164F"/>
     <w:rsid w:val="00832B84"/>
     <w:rsid w:val="00832D47"/>
     <w:rsid w:val="008337DE"/>
     <w:rsid w:val="008341D1"/>
     <w:rsid w:val="008358C5"/>
     <w:rsid w:val="00835B15"/>
     <w:rsid w:val="00836035"/>
     <w:rsid w:val="00837C43"/>
     <w:rsid w:val="00841773"/>
     <w:rsid w:val="00842337"/>
     <w:rsid w:val="00842635"/>
     <w:rsid w:val="0084278F"/>
     <w:rsid w:val="008434E7"/>
@@ -27941,50 +27763,51 @@
     <w:rsid w:val="00B07692"/>
     <w:rsid w:val="00B10704"/>
     <w:rsid w:val="00B1125A"/>
     <w:rsid w:val="00B12672"/>
     <w:rsid w:val="00B12945"/>
     <w:rsid w:val="00B12A9F"/>
     <w:rsid w:val="00B12F5F"/>
     <w:rsid w:val="00B13381"/>
     <w:rsid w:val="00B148C2"/>
     <w:rsid w:val="00B14D02"/>
     <w:rsid w:val="00B204EE"/>
     <w:rsid w:val="00B212AB"/>
     <w:rsid w:val="00B21527"/>
     <w:rsid w:val="00B2238D"/>
     <w:rsid w:val="00B223EB"/>
     <w:rsid w:val="00B2386C"/>
     <w:rsid w:val="00B24B64"/>
     <w:rsid w:val="00B24C28"/>
     <w:rsid w:val="00B256D4"/>
     <w:rsid w:val="00B26A7A"/>
     <w:rsid w:val="00B26B58"/>
     <w:rsid w:val="00B26F04"/>
     <w:rsid w:val="00B31EF9"/>
     <w:rsid w:val="00B31F8A"/>
     <w:rsid w:val="00B32028"/>
+    <w:rsid w:val="00B3309C"/>
     <w:rsid w:val="00B33819"/>
     <w:rsid w:val="00B338F9"/>
     <w:rsid w:val="00B35268"/>
     <w:rsid w:val="00B35EDF"/>
     <w:rsid w:val="00B36B30"/>
     <w:rsid w:val="00B36F03"/>
     <w:rsid w:val="00B37455"/>
     <w:rsid w:val="00B40D09"/>
     <w:rsid w:val="00B41100"/>
     <w:rsid w:val="00B4161D"/>
     <w:rsid w:val="00B4457A"/>
     <w:rsid w:val="00B44AEA"/>
     <w:rsid w:val="00B4630F"/>
     <w:rsid w:val="00B47B3A"/>
     <w:rsid w:val="00B47B77"/>
     <w:rsid w:val="00B501CE"/>
     <w:rsid w:val="00B50513"/>
     <w:rsid w:val="00B50E5F"/>
     <w:rsid w:val="00B50F0A"/>
     <w:rsid w:val="00B50F18"/>
     <w:rsid w:val="00B511AF"/>
     <w:rsid w:val="00B51ADE"/>
     <w:rsid w:val="00B52AB7"/>
     <w:rsid w:val="00B52C4C"/>
     <w:rsid w:val="00B53406"/>
@@ -28006,50 +27829,51 @@
     <w:rsid w:val="00B6347E"/>
     <w:rsid w:val="00B6364A"/>
     <w:rsid w:val="00B63741"/>
     <w:rsid w:val="00B63908"/>
     <w:rsid w:val="00B63FC1"/>
     <w:rsid w:val="00B64134"/>
     <w:rsid w:val="00B64285"/>
     <w:rsid w:val="00B64422"/>
     <w:rsid w:val="00B657FF"/>
     <w:rsid w:val="00B65B3E"/>
     <w:rsid w:val="00B67001"/>
     <w:rsid w:val="00B674F1"/>
     <w:rsid w:val="00B70FF1"/>
     <w:rsid w:val="00B7121D"/>
     <w:rsid w:val="00B7152C"/>
     <w:rsid w:val="00B71FAA"/>
     <w:rsid w:val="00B72411"/>
     <w:rsid w:val="00B72B2A"/>
     <w:rsid w:val="00B73A15"/>
     <w:rsid w:val="00B73E9C"/>
     <w:rsid w:val="00B73ED5"/>
     <w:rsid w:val="00B741DC"/>
     <w:rsid w:val="00B74F27"/>
     <w:rsid w:val="00B75626"/>
     <w:rsid w:val="00B75BEF"/>
+    <w:rsid w:val="00B75EC8"/>
     <w:rsid w:val="00B7602A"/>
     <w:rsid w:val="00B80297"/>
     <w:rsid w:val="00B80447"/>
     <w:rsid w:val="00B805D0"/>
     <w:rsid w:val="00B818EA"/>
     <w:rsid w:val="00B82509"/>
     <w:rsid w:val="00B83722"/>
     <w:rsid w:val="00B83F0F"/>
     <w:rsid w:val="00B8672C"/>
     <w:rsid w:val="00B86757"/>
     <w:rsid w:val="00B86DCF"/>
     <w:rsid w:val="00B8712C"/>
     <w:rsid w:val="00B87F60"/>
     <w:rsid w:val="00B908F4"/>
     <w:rsid w:val="00B90E78"/>
     <w:rsid w:val="00B917FE"/>
     <w:rsid w:val="00B91F31"/>
     <w:rsid w:val="00B92582"/>
     <w:rsid w:val="00B929E3"/>
     <w:rsid w:val="00B92C1A"/>
     <w:rsid w:val="00B933F9"/>
     <w:rsid w:val="00B9388F"/>
     <w:rsid w:val="00B93FAB"/>
     <w:rsid w:val="00B95190"/>
     <w:rsid w:val="00B95A50"/>
@@ -28426,50 +28250,51 @@
     <w:rsid w:val="00DA18D0"/>
     <w:rsid w:val="00DA2629"/>
     <w:rsid w:val="00DA3101"/>
     <w:rsid w:val="00DA3C8F"/>
     <w:rsid w:val="00DA4D00"/>
     <w:rsid w:val="00DA562F"/>
     <w:rsid w:val="00DA66E0"/>
     <w:rsid w:val="00DA7173"/>
     <w:rsid w:val="00DA78EA"/>
     <w:rsid w:val="00DA7F31"/>
     <w:rsid w:val="00DB0615"/>
     <w:rsid w:val="00DB258E"/>
     <w:rsid w:val="00DB3B55"/>
     <w:rsid w:val="00DB40B1"/>
     <w:rsid w:val="00DB42ED"/>
     <w:rsid w:val="00DB4847"/>
     <w:rsid w:val="00DB4F26"/>
     <w:rsid w:val="00DB50B6"/>
     <w:rsid w:val="00DB5767"/>
     <w:rsid w:val="00DB7445"/>
     <w:rsid w:val="00DC13DC"/>
     <w:rsid w:val="00DC21EC"/>
     <w:rsid w:val="00DC23F1"/>
     <w:rsid w:val="00DC366C"/>
     <w:rsid w:val="00DC3B28"/>
+    <w:rsid w:val="00DC6957"/>
     <w:rsid w:val="00DC6D4B"/>
     <w:rsid w:val="00DC6D8D"/>
     <w:rsid w:val="00DC6DE5"/>
     <w:rsid w:val="00DC7455"/>
     <w:rsid w:val="00DC7B96"/>
     <w:rsid w:val="00DC7DC5"/>
     <w:rsid w:val="00DD0FCD"/>
     <w:rsid w:val="00DD11B8"/>
     <w:rsid w:val="00DD310B"/>
     <w:rsid w:val="00DD3135"/>
     <w:rsid w:val="00DD3615"/>
     <w:rsid w:val="00DD3C7E"/>
     <w:rsid w:val="00DD49D6"/>
     <w:rsid w:val="00DD6105"/>
     <w:rsid w:val="00DD6B16"/>
     <w:rsid w:val="00DD7582"/>
     <w:rsid w:val="00DD7FE8"/>
     <w:rsid w:val="00DE1034"/>
     <w:rsid w:val="00DE1249"/>
     <w:rsid w:val="00DE142C"/>
     <w:rsid w:val="00DE1B55"/>
     <w:rsid w:val="00DE212F"/>
     <w:rsid w:val="00DE49B0"/>
     <w:rsid w:val="00DE4B29"/>
     <w:rsid w:val="00DE4F96"/>
@@ -28588,50 +28413,51 @@
     <w:rsid w:val="00E85077"/>
     <w:rsid w:val="00E87E09"/>
     <w:rsid w:val="00E90E35"/>
     <w:rsid w:val="00E9229D"/>
     <w:rsid w:val="00E939FE"/>
     <w:rsid w:val="00E9572F"/>
     <w:rsid w:val="00E95CA2"/>
     <w:rsid w:val="00E9638F"/>
     <w:rsid w:val="00E968FD"/>
     <w:rsid w:val="00E96A24"/>
     <w:rsid w:val="00E973D1"/>
     <w:rsid w:val="00E97BEC"/>
     <w:rsid w:val="00E97E26"/>
     <w:rsid w:val="00EA0EEE"/>
     <w:rsid w:val="00EA2256"/>
     <w:rsid w:val="00EA2AA9"/>
     <w:rsid w:val="00EA5A12"/>
     <w:rsid w:val="00EA60FF"/>
     <w:rsid w:val="00EA6829"/>
     <w:rsid w:val="00EA6B3A"/>
     <w:rsid w:val="00EA735E"/>
     <w:rsid w:val="00EA752A"/>
     <w:rsid w:val="00EB15E2"/>
     <w:rsid w:val="00EB2CDD"/>
     <w:rsid w:val="00EB3B6C"/>
+    <w:rsid w:val="00EB4991"/>
     <w:rsid w:val="00EB4A53"/>
     <w:rsid w:val="00EB6AC6"/>
     <w:rsid w:val="00EB6FCC"/>
     <w:rsid w:val="00EB70F3"/>
     <w:rsid w:val="00EB798F"/>
     <w:rsid w:val="00EC0B90"/>
     <w:rsid w:val="00EC2055"/>
     <w:rsid w:val="00EC4275"/>
     <w:rsid w:val="00EC4EDF"/>
     <w:rsid w:val="00EC5EC0"/>
     <w:rsid w:val="00EC60A7"/>
     <w:rsid w:val="00EC63A2"/>
     <w:rsid w:val="00ED0004"/>
     <w:rsid w:val="00ED1F00"/>
     <w:rsid w:val="00ED234D"/>
     <w:rsid w:val="00ED23EF"/>
     <w:rsid w:val="00ED24D9"/>
     <w:rsid w:val="00ED289C"/>
     <w:rsid w:val="00ED3955"/>
     <w:rsid w:val="00ED3B45"/>
     <w:rsid w:val="00ED523A"/>
     <w:rsid w:val="00ED5CB9"/>
     <w:rsid w:val="00ED76BB"/>
     <w:rsid w:val="00EE00E3"/>
     <w:rsid w:val="00EE04F2"/>
@@ -28846,51 +28672,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="09C5C5EE"/>
   <w15:docId w15:val="{F876395A-AE3C-42D0-A39D-8A693F339A33}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -31007,51 +30833,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007E2CA9"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007F0D13"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="129783578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="135686184">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -31521,51 +31347,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2100564971">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Documents%20and%20Settings/om166585/Local%20Settings/Temporary%20Internet%20Files/je126730/AppData/Roaming/Microsoft/Version%203/ISP/www.waspi.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.org/Documents/702/ISP%20Guidance%20Dec%2010.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.gov.wales" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.waspi.gov.wales/files/waspi-framework-documentation/jca-guidance/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -31860,79 +31686,96 @@
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
  
      < d o c u m e n t i d > L e g a l ! 6 9 8 2 4 0 3 5 . 1 < / d o c u m e n t i d > 
  
      < s e n d e r i d > L E W I S T < / s e n d e r i d > 
  
      < s e n d e r e m a i l > T O M O S . L E W I S @ B L A K E M O R G A N . C O . U K < / s e n d e r e m a i l > 
  
      < l a s t m o d i f i e d > 2 0 2 4 - 0 3 - 1 0 T 1 9 : 4 8 : 0 0 . 0 0 0 0 0 0 0 + 0 0 : 0 0 < / l a s t m o d i f i e d > 
  
      < d a t a b a s e > L e g a l < / d a t a b a s e > 
  
  < / p r o p e r t i e s > 
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B128E63DCD10A4D9E8CE266869C4385" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="847d1540541ec7881720a84c03d6c97a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" xmlns:ns3="fb607282-44d8-4ca5-afc6-a886f12e8bd7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed966d5073f1b77292b410b73179ac30" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B128E63DCD10A4D9E8CE266869C4385" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="783afb44950100633af95cedb6879e94">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" xmlns:ns3="fb607282-44d8-4ca5-afc6-a886f12e8bd7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cf6e89fe487a2c359ea91b2eede27a8a" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
     <xsd:import namespace="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="23" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="24" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cefaef41-70dc-4075-804e-d4e4dbdaeee0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
@@ -32113,123 +31956,142 @@
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="fb607282-44d8-4ca5-afc6-a886f12e8bd7">
       <UserInfo>
         <DisplayName>John Sweeney (DHCW - Information Governance)</DisplayName>
         <AccountId>11</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Arran Evans (DHCW - Information Governance)</DisplayName>
         <AccountId>15</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="fb607282-44d8-4ca5-afc6-a886f12e8bd7" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECCFB36F-6FBA-43F4-953A-2C1499F1B1A5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A87A0A78-275A-4CD2-96F8-C99968000695}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D10A8D02-F3D8-47D7-990E-309132F2768E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9C05FF4-8646-415F-9B8A-C13BDA6CF3DC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5DE3239-1813-4F04-BCD1-D9DEF728ECAD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71A8A77A-1964-46B1-AF18-8653A0D398F0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="ce95a71c-0ae1-46f8-8142-d441c0451959"/>
-    <ds:schemaRef ds:uri="e31354fa-61dd-49d6-8037-649c5fc98e50"/>
+    <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
+    <ds:schemaRef ds:uri="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>21</Pages>
-  <Words>6244</Words>
-  <Characters>35591</Characters>
+  <Words>6586</Words>
+  <Characters>35104</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>296</Lines>
-  <Paragraphs>83</Paragraphs>
+  <Lines>975</Lines>
+  <Paragraphs>443</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Template ISP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NWIS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41752</CharactersWithSpaces>
+  <CharactersWithSpaces>41247</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="120" baseType="variant">
       <vt:variant>
         <vt:i4>1376318</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>110</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc378671225</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1376318</vt:i4>
       </vt:variant>
       <vt:variant>